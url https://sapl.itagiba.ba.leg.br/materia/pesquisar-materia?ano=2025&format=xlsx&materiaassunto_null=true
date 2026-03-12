--- v0 (2025-12-10)
+++ v1 (2026-03-12)
@@ -10,2043 +10,2052 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1800" uniqueCount="798">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1856" uniqueCount="816">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/196/pll_no_001.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/196/pll_no_001.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL DA CÂMARA MUNICIPAL DE ITAGIBÁ, ESTADO DA BAHIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/197/pll_no_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/197/pll_no_002.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação da Assessoria Parlamentar e de Gabinetes da Câmara Municipal de Itagibá, Estado da Bahia e dá outras providencias.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>José Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/221/pll_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/221/pll_003.2025.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no Povoado de Acaraci, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Fernando Lopes Passos(Fernando de Alípio), José Soares da Silva, Junival Santos Alves, Saulo Marcelo Miranda(Saulo Carteiro), Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/279/pll_no_004.20252.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/279/pll_no_004.20252.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FOLGA AOS SERVIDORES PÚBLICOS MUNICIPAIS DOADORES VOLUNTÁRIOS DE SANGUE E INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À DOAÇÃO DE SANGUE NO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Saulo Marcelo Miranda(Saulo Carteiro)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/280/pll_005_25_corte_energia_e_agua.docx</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/280/pll_005_25_corte_energia_e_agua.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E ÁGUA NO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/</t>
   </si>
   <si>
     <t>Altera Art. 2º da Lei Municipal nº. 783, de 29 de setembro de 2017, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), Antônio Alves Guimarães Filho(Antônio da Cerâmica), Jailton Andrade Souza(Jajai), Junival Santos Alves, Leandro Jesus da Silva, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/311/pll_no_007.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/311/pll_no_007.2025.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Municipal de Promoção da Saúde Mental e Prevenção de Transtornos Psicológicos no Município de Itagibá, Estado da Bahia e dá outras providências.”</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), Jailton Andrade Souza(Jajai)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/322/pll_no_008.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/322/pll_no_008.2025.pdf</t>
   </si>
   <si>
     <t>“Institui o Dia Municipal do Doador de Sangue no Município de Itagibá, Estado da Bahia e dá outras providências.”</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai), Junival Santos Alves, Leidiane Silva Santos, Saulo Marcelo Miranda(Saulo Carteiro), Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/350/pl_legislativo_no_009.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/350/pl_legislativo_no_009.2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição de nomeação para cargos públicos no Município de Itagibá, Estado da Bahia de pessoas condenadas por violência contra a mulher e dá outras providências.”</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a ACOMDECI - ASSOCIAÇÃO COMUNITÁRIAS DESPORTIVA E CULTURAL DE ITAGIBÁ, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Altera Anexo Único da Lei Municipal nº 582, de 05 de maio de 2006 e dá outras providências.</t>
   </si>
   <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Manoel Rodrigues Gouveia(Manoel de Tapiragi)</t>
+  </si>
+  <si>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/417/pll_012_25_padroeira.docx</t>
+  </si>
+  <si>
+    <t>DECLARA A FESTA DE SANTA MARIA GORETTI, COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>241</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marcus Vinicius Santos Damasceno</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/241/pr_001.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/241/pr_001.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBENSE ao senhor EDMAR LIMA DOS SANTOS e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>Manoel Rodrigues Gouveia(Manoel de Tapiragi)</t>
-[...2 lines deleted...]
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/257/pll_no_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/257/pll_no_002.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ ITAGIBENSE A SENHORA KAY AMPARO SANTOS DUQUE.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Antônio Alves Guimarães Filho(Antônio da Cerâmica)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/258/pr_no_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/258/pr_no_003.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITAGIBENSE AO SENHOR LINSMAR FERREIRA MAGALHÃES.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>Leandro Jesus da Silva</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/333/pr_no_004.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/333/pr_no_004.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBENSE ao senhor IRANIVAL SANTIAGO MASCARENHAS e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/334/pr_no_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/334/pr_no_005.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBENSE ao senhor AURELINO SANTOS SOBRINHO e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/348/pr_no_006.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/348/pr_no_006.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBENSE ao senhor JEAN FABRÍCIO FALCÃO e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/349/pr_no_007.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/349/pr_no_007.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBENSE ao senhor ANTONIO LUIZ PARANHOS RIBEIRO LEITE DE BRITO e dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/353/pr_no_008.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/353/pr_no_008.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBAENSE ao senhor DANIEL GOMES DE ALMEIDA e dá outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Fernando Lopes Passos(Fernando de Alípio), Junival Santos Alves, Leidiane Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/383/pr_no_009.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/383/pr_no_009.2025.pdf</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃ ITAGIBAENSE a senhora Drª. MARIZETE OLIVEIRA MACEDO E ARAS e dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Concede TÍTULO DE CIDADÃO ITAGIBENSE ao senhor RUI COSTA DOS SANTOS e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_001.2025_-_vereador_ze_soares.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_001.2025_-_vereador_ze_soares.pdf</t>
   </si>
   <si>
     <t>Solicitando para a comunidade de Novo Horizonte as seguintes proposições: a instalação de mini posto de saúde para atendimento médico por duas vezes no mês; construção da rede de esgotamento sanitário de duas ruas, sendo uma seguindo a casa de Nô e a outra a Rua de Régis.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), Antônio Alves Guimarães Filho(Antônio da Cerâmica), Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai), José Soares da Silva, Junival Santos Alves, Leandro Jesus da Silva, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno, Saulo Marcelo Miranda(Saulo Carteiro), Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_002.2025.pdf</t>
   </si>
   <si>
     <t>Disponibilização de um veículo com motorista para servir como apoio para os Povoados de Acaraci, Japomirim e Tapiraji neste Município.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_003.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso através da execução de serviços de patrolamento e cascalhamento para as Regiões do Braço do Rio e Frigal, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Jailton Andrade Souza(Jajai)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_004.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_004.2025.pdf</t>
   </si>
   <si>
     <t>Extensão da pavimentação/calçamento com manilhamento (rede pluvial) das Ruas Filosbaldo Catão (acesso ao morro) e Esmeraldo Rocha (ladeia de Jai), para o Bairro Independência, Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_005.2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma hectare de terra com vistas a construção de uma creche e doação de terreno para construção de moradias, para o Povoado de Acaraci, neste Município.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_006.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_006.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso a Região do Riachão dos Parentes sentido Região da Ribeiro (referência Ubiratan) através da execução de serviços de patrolamento e cascalhamento.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_007.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_007.2025.pdf</t>
   </si>
   <si>
     <t>Encaminhamento para deliberação nesta Casa de Projeto de Lei e Emenda a Lei Orgânica, instituindo no âmbito deste Município a guarda municipal para polícia municipal. Podendo assim fazer policiamento ostensivo e comunitário e agir diante de condutas lesivas a pessoas, bens e serviços, inclusive realizar prisões em flagrante.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_008.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_008.2025.pdf</t>
   </si>
   <si>
     <t>Proposição para o Estádio Fontourão, Sede, a saber: Reforma geral dos bancos de reservas e casa dos árbitros; Instalação de piso adequado (emborrachado e colocação de acentos junto ao vestiário; Colocação de grade de proteção em toda rede/canal de escoamento (macrodrenagem); Instalação de uma grade de proteção junto a central/padrão de energia elétrica, assegurando seu devido isolamento por conseguinte maior segurança contra risco de acidentes especialmente com circulação de crianças.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_009.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_009.2025.pdf</t>
   </si>
   <si>
     <t>Revisão geral da rede de iluminação pública com troca das lâmpadas convencionais para lâmpadas de led, no Bairro Nova Esperança, Sede, neste Município.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_010.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_010.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços imediatos de desobstrução e limpeza geral do canal de esgoto e macrodrenagem no trecho fundo do Bairro Barroquinha até a Agropecuária Pontal (Obs.: Reclamação popular generalizada dos moradores locais por conta do mau cheiro e foco de contaminação e doenças); Planejamento para construção da rede de esgotamento sanitário nesta localidade, resolvendo definitivamente este problema de saúde pública.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_no_011.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_no_011.2025.pdf</t>
   </si>
   <si>
     <t>Instalação/colocação de grade de proteção junto a fonte luminosa anexo ao centro do jardim da Pça. Pe. Emmanuel Ranchella Passionista.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>Antônio Alves Guimarães Filho(Antônio da Cerâmica), Jailton Andrade Souza(Jajai)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_no_012.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_no_012.2025.pdf</t>
   </si>
   <si>
     <t>Construção de redutor de velocidade ao longo da Rua Wilson Moreira, especificamente ao lado da Igreja Católica e pavimentação da Rua Bob Nelson, Bairro Independência (referência Rua Zé Bai), no Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_no_013.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_no_013.2025.pdf</t>
   </si>
   <si>
     <t>Execução de campanha publicitária e educativa através de meios de comunicações (FMs, redes sociais, carros de sons, comunicado oficial, etc) inclusive estipulando prazo, com vistas a conscientização dos proprietários e ou responsáveis pelas sucatas de veículos ao longo das vias públicas, para retirada, tendo apoio da administração municipal com disponibilização de meio de transporte. Não havendo cumprimento devido, determinação a quem de direito para imediata retirada sob pena de aplicação de multa.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_014.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_014.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de uma ponte pré-moldada, para a Região sentido Macuca/Riacho Dantas, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_015.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_015.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de recuperação do calçamento das vias públicas, dando preferência inicialmente as Ruas: Arlindo Bonfim subindo para Filosbaldo Catão, Antônio Neto Gavião e a quinta entrada a direita da Avenida Itagibá, dentre outras, no Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_016.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_016.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento através da execução de serviços de patrolamento e cascalhamento do trecho da estrada de acesso Povoado de Tapiragi ao Município de Itagi, até a divisa Itagibá/Itagi; Melhoramento através da execução de serviços de patrolamento e cascalhamento da estrada de acesso a Região da Lagoa Verde – Zona Rural.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Junival Santos Alves</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_017.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_017.2025.pdf</t>
   </si>
   <si>
     <t>Implantação de uma faixa de pedestre e placa de sinalização adequada ao longo da Avenida José Carlos de Almeida, notadamente nas proximidades da construção da escadaria de acesso do Bairro Antônio Manoel Alexandrino da Cunha interligando a Rodoviária – Bairro Amaralina.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Antônio Alves Guimarães Filho(Antônio da Cerâmica), Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_018.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_018.2025.pdf</t>
   </si>
   <si>
     <t>Benefícios para o Distrito de Japomirim, neste Município, a saber: Melhoramento emergencial das vias públicas, daí incluindo patrolamento e cascalhamento das ruas não pavimentadas, assim sendo: Iniciando no Bairro Independência, sem escolha de rua nem favorecidos, seguindo para o Loteamento Liberdade, posteriormente Loteamentos Primavera, Panelli I e II.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_19.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_19.2025.pdf</t>
   </si>
   <si>
     <t>Instalação/criação de um memorial – galeria com todos os Vereadores e ex Vereadores deste Município.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Junival Santos Alves, Leandro Jesus da Silva, Marcus Vinicius Santos Damasceno</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_020.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_020.2025.pdf</t>
   </si>
   <si>
     <t>Construção de um abrigo para passageiro/estudantes especificamente na entrada da cidade (antiga gameleira), inclusive climatizado e com sanitários. _x000D_
 Tal pleito trata-se de uma antiga reivindicação de nossa comunidade, especialmente dos estudantes que sofrem em tempo de sol e chuva por não haver um espaço digno para se abrigarem.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_0212025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_0212025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a execução de serviços de melhoramento das estradas de acessos as Regiões da Serra Verde, Abaeté, Riachão dos Parentes e acesso ao Município de Aiquara, incluindo patrolamento e cascalhamento.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_022.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_022.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a execução imediata de serviços de climatização de todas as salas de aulas nos Colégio Municipais 14 de Agosto, Raimundo Santiago de Souza, Grupo Escolar Agostinho Pinheiro, Grupo Escolar José Fernandes e Centro de Educação Infantil – Creche Inaldo Sampaio Luz.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_023.20251.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_023.20251.pdf</t>
   </si>
   <si>
     <t>Ampliação dos serviços de coleta de lixo para atendimento aos Bairros Kléber Barreto e Jorge Neiva, haja vista a grande demanda existente.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_024.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_024.2025.pdf</t>
   </si>
   <si>
     <t>Urbanização da Avenida Luiz Eduardo Magalhães, Sede, compreendendo o trecho do Estádio Fontourão até a entrada da Cachoeira, com construção de ciclovia, pista de caminhada, iluminação, arborização e sinalização adequada.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_025.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_025.2025.pdf</t>
   </si>
   <si>
     <t>Mantendo nossa tradição e ação de Governo do nosso Prefeito Marcos Barreto “Marquinhos”, distribuição gratuita de peixe quando do período da Semana Santa/2025 para toda população da Sede, Povoados de Acaraci e Tapiragi, Distrito de Japomirim e Zona Rural.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_026.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_026.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso através da execução de serviços de patrolamento e cascalhamento, estendendo até a Serrinha. Haja vista as péssimas condições de manutenção, na Região da Serra Verde, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_027.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_027.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso Itagibá Sede/Povoado de Tapiragi até a divisa com o Município de Itagi, através da execução de serviços de patrolamento, cascalhamento e construção de bueiros/manilhamento em determinados locais de passagem/escoamento de água pluvial, daí incluindo todos os ramais assim sendo: Toca Bonita, Macucas, Lagoa Verde, Almeidas, Piabas, Serra do Geraldo e Piabas de Cima – Zona Rural deste Município.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_028.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_028.2025.pdf</t>
   </si>
   <si>
     <t>Limpeza geral do canal de esgotamento sanitário possibilitando melhor escoamento dos dejetos, no Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_029.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_029.2025.pdf</t>
   </si>
   <si>
     <t>Limpeza geral incluindo remoção de mato do calçamento e das margens das vias públicas; e Reparo em alguns trechos do calçamento, para o Loteamento Tusca, Sede, neste Município.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_030.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_030.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da via pública nas imediações entre o Parque do Vaqueiro a residência do Sr. Gerson Bicheiro/D. Maria – Loteamento Tusca, com planejamento para posterior extensão da pavimentação/urbanização.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_031.20251.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_031.20251.pdf</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_032.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_032.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso, daí incluindo patrolamento e cascalhamento, haja vista as péssimas condições de manutenção, na Região do Cavaco, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no_033.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no_033.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a execução de serviços de construção da rede de esgotamento sanitário e pavimentação das vias públicas, nos Bairros Kleber Barreto e Jorge Neiva, Sede, neste Município.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no_034.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no_034.2025.pdf</t>
   </si>
   <si>
     <t>Alteração da Lei Municipal nº. 763, de 29 de abril de 2016 - Dispõe sobre a construção e reforma de postos revendedores de combustíveis, estabelece a obrigatoriedade na execução de medidas preventivas de proteção ao meio ambiente e de segurança contra explosões e incêndios e da outras providências, objetivando a flexibilização de regras e gerando possibilidade de implantação e construção de novos postos de revendas de combustíveis em nosso Município, notadamente as margens da BA 650 tanto no sentido Itagibá/Ipiaú quanto  no sentido Itagibá/Dário Meira.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_no_035.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_no_035.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento do sistema de captação e distribuição de água através da troca de bombas de alta performance, para o Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_036.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_036.2025.pdf</t>
   </si>
   <si>
     <t>Disponibilização de uma retroescavadeira hidráulica para execução de serviços de limpeza geral de todos os canais de esgotamento sanitário bem como retirada de cascalho junto a Faz. Suécia, com vistas ao cascalhamento das estradas principal e de acesso as Regiões adjacentes do Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_037.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_037.2025.pdf</t>
   </si>
   <si>
     <t>Extensão da rede de iluminação pública nas vias de acesso da nova ponte interligando os Bairros 31 de Março ao Kleber Barreto e Jorge Neiva.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_038.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_038.2025.pdf</t>
   </si>
   <si>
     <t>Providências emergenciais quanto a reorganização/urbanização da entrada da cidade, sentido Itagibá/Dário Meira, Avenida Rosenildo Santos Ribeito, conhecido popularmente como Rua da Pista, incluindo construção de passeios, limpeza geral como remoção de mato e sucatas, etc.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_no_39.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_no_39.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de limpeza de todas as fossas residenciais, nos bairros Kleber Barreto e Jorge Neiva, Sede, neste Município, haja vista registro vários casos de transbordamentos.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no_40.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no_40.2025.pdf</t>
   </si>
   <si>
     <t>Construção de um redutor de velocidade ao longo da Pça. Hélio Quadros e Rua Damião Damasceno Santos, notadamente nas proximidades da adega existente, no Bairro 31 de Março, Sede, neste Município.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_no_41.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_no_41.2025.pdf</t>
   </si>
   <si>
     <t>Reinício imediato da execução de serviços de construção do canal de macrodrenagem,  no Distrito de Japomirim, neste Município., desde o terreno murado do Sr. Brigthay, passando pela Rua Alípio Rocha até a estação de esgoto dos Loteamentos Luiz Paulista e Etiene. Soma-se a isso limpeza de todos os bueiros.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_42.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_42.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de academia de ginástica ao ar livre no espaço da Arena de Futebol Manoel Fernandes Xavier, no Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_no_43.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_no_43.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso a Região conhecida como Lau Santana, daí incluindo patrolamento e cascalhamento, haja vista as péssimas condições de manutenção.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_no_44.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_no_44.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de academia de ginástica ao ar livre nas Comunidades das Piabas e Riacho Seco.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Fernando Lopes Passos(Fernando de Alípio)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_no_45.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_no_45.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de academia de ginástica ao ar livre, na Região da Aldeia, neste Município.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>José Soares da Silva, Junival Santos Alves, Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_no_46.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_no_46.2025.pdf</t>
   </si>
   <si>
     <t>Instalação e construção de um CRAS – Centro de Referência de Assistência Social no antigo e desativado Complexo Policial, sito Bairro Antônio Manoel Alexandrino da Cunha.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), José Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_no_47.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_no_47.2025.pdf</t>
   </si>
   <si>
     <t>Reivindicações para o Povoado de Acaraci: Reforma geral da Unidade/Posto de Saúde; reforma geral/modernização da praça principal; ampliação com construção de muro e iluminação adequada do cemitério local,</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_no_48.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_no_48.2025.pdf</t>
   </si>
   <si>
     <t>Iluminação pública do trecho compreendendo o entroncamento da rodovia Itagiba/Dário Meira (proximidade da Comunidade do Novo Horizonte) até a entrada do Povoado, no Povoado de Acaraci.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_49.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_49.2025.pdf</t>
   </si>
   <si>
     <t>Rede de esgotamento sanitário e pavimentação, no Bairro Novo, Povoado de Acaraci,</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_50.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_50.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de construção de redutores de velocidade nas seguintes localidades: Rua Chile, proximidade do Espaço Divertidamente; e Avenida Rozenildo Ribeiro, proximidade da oficina de Gere.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_51.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_51.2025.pdf</t>
   </si>
   <si>
     <t>Proposição para o Distrito de Japomirim, neste Município, a saber: Planejamento com vistas a execução de serviços de reforma geral das seguintes instituições educacionais: Escola Maria Moreira; Escola Antônio Imbassahy; e Creche Escolar Jocelísia de Almeida Fernandes.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_no_52.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_no_52.2025.pdf</t>
   </si>
   <si>
     <t>Proposição para o Distrito de Japomirim, neste Município, a saber: Execução de serviços de reforma geral/modernização do espaço denominado popularmente “jardim do coração”, Avenida Itagibá, inclusive com exposição do nome em destaque do referido Distrito. Ressalta-se que trata-se de um espaço histórico e cultural, onde vários casais teriam tido o local como ponto de encontro em suas relações de namoro.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_no_53.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_no_53.2025.pdf</t>
   </si>
   <si>
     <t>Revisão geral da iluminação pública inclusive com troca/substituição para lâmpadas tipo led, para o Povoado de Acaraci, neste Município.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_no_54.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_no_54.2025.pdf</t>
   </si>
   <si>
     <t>Reconstrução do campo de futebol incluindo novo gramado e reforma do vestiário, para a Região das Piabas, Zona Rural de nosso Município.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), José Soares da Silva, Manoel Rodrigues Gouveia(Manoel de Tapiragi)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_no_55.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_no_55.2025.pdf</t>
   </si>
   <si>
     <t>Proposição para os Povoados de Tapiragi e Acaraci, neste Município, a saber: Instalação e aparelhamento com equipamentos adequados para disponibilização local dos serviços permanentes de fisioterapia, haja vista o número significativo de pacientes e dificuldade de deslocamento até a Sede.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_no_56.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_no_56.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de melhoramento da estrada de acesso principal e todos os ramais, incluindo patrolamento e cascalhamento, haja vista as péssimas condições de manutenção, na região do Riachão dos Parentes, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_57.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_57.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de reparo no calçamento junto a Rua Theodomiro Fonseca, notadamente proximidade da residência de Nego, no Povoado de Tapiragi, neste Município. Ressalto sobre a qualidade dos serviços a serem executados observando que vários reparos foram realizados e o problema continua persistindo.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai), José Soares da Silva, Junival Santos Alves, Leandro Jesus da Silva, Leidiane Silva Santos, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno, Saulo Marcelo Miranda(Saulo Carteiro), Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_58.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_58.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de uma placa informativa na entrada da cidade, sentido de Ipiaú, com a seguinte frase: "ITAGIBÁ – ESTA CIDADE PERTENCE AO SENHOR JESUS".</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_59.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_59.2025.pdf</t>
   </si>
   <si>
     <t>Solicitação junto a quem de direito com vistas a realização de rondas permanente da Polícia Militar, bem como determinação a guarda municipal para presença constante, no Povoado de Acaraci, neste Município.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_60.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_60.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de construção de redutores de velocidade ao longo da Rua Enock Inácio dos Santos, Bairro Amaralina, acesso principal para o Centro de Educação Infantil Inaldo Sampaio Luz - Creche.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Leidiane Silva Santos, Marcus Vinicius Santos Damasceno</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_61.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_61.2025.pdf</t>
   </si>
   <si>
     <t>Manutenção dos equipamentos da academia ao ar livre, bem como limpeza geral, no Bairro Kleber Barreto, Sede, neste Município.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_62.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_62.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de melhoramento da estrada de acesso, incluindo patrolamento e cascalhamento, haja vista as péssimas condições de manutenção, na Região do Cavaco, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/368/requerimento_no_63.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/368/requerimento_no_63.2025.pdf</t>
   </si>
   <si>
     <t>Reforma geral da ciclovia inclusive com instalação de academia de ginástica ao ar livre, no Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_no_64.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_no_64.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento estratégico com vista a resolução imediata e definitiva sobre a falta de medicamentos junto a farmácia básica da rede municipal de saúde. Há registro de inúmeros pacientes sem a devida assistência, inclusive desde um longo período persistindo tal problema.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_no_65.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_no_65.2025.pdf</t>
   </si>
   <si>
     <t>Melhorias para o Estádio Fontourão, Sede, a saber: reforma geral dos bancos de reservas e casa dos árbitros; Instalação de piso adequado (emborrachado e colocação de acentos junto ao vestiário; colocação de grade de proteção em toda rede/canal de escoamento (macrodrenagem); instalação de uma grade de proteção junto a central/padrão de energia elétrica, assegurando seu devido isolamento por conseguinte maior segurança contra risco de acidentes especialmente com circulação de crianças; e revisão geral da rede de iluminação com troca de lâmpadas comuns para lâmpadas de led´s, especialmente junto as torres de iluminação.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_no_66.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_no_66.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de uma ponte pré-moldada junto a estrada de acesso e proximidade da Faz. São Roque, propriedade do ex Prefeito Dr. Gilson Fonseca, na Região do Riacho das Caatingas, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_67.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_67.2025.pdf</t>
   </si>
   <si>
     <t>Limpeza geral do lixão e transferência/relocação do depósito dos resíduos sólidos para o lixão central da Sede, no Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Reforma geral/modernização dos Postos de Saúde – Unidades Básicas Dr. Gustavo Henrique Lopes Pinheiro e Maria José Rocha Passos; e atualização tecnológica e estrutural das UBSs, melhora da qualidade do atendimento, a eficiência operacional e a segurança dos pacientes., no Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_69.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_69.2025.pdf</t>
   </si>
   <si>
     <t>Construção do muro e de gavetas junto ao cemitério local, no Povoado de Acaraci, neste Município.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Fernando Lopes Passos(Fernando de Alípio), José Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/375/requerimento_no_70.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/375/requerimento_no_70.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento daí incluindo patrolamento e cascalhamento da estrada de acesso a Faz. Venezuela, sentido Faz. Baviera, na Zona Rural, proximidade do Distrito de Japomirim, neste Município, haja vista as péssimas condições de manutenção.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_71.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_71.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento da estrada de acesso e todos os ramais, na Região das Tesouras, Zona Rural deste Município, haja vista as péssimas condições de manutenção.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_72.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_72.2025.pdf</t>
   </si>
   <si>
     <t>Estabelecer em comum acordo junto a Empresa responsável, o horário para execução do serviço de limpeza/varrição em nossa cidade no período de 05h às 12h, possibilitando a preservação da saúde dos colaboradores haja vista a exposição permanente ao sol bem como benefícios para cidade por conta da limpeza logo ao amanhecer do dia.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_73.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_73.2025.pdf</t>
   </si>
   <si>
     <t>Conclusão do calçamento nas seguintes vias públicas do Distrito de Japomirim, neste Município: Rua Campinas, acesso a Escola Municipal Haroldo Lima; e 2ª travessa Esmeraldo Rocha Passos, Bairro Independência. Obs.: Registra-se a construção pela EMBASA, da rede de esgotamento sanitário.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_no_74.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_no_74.2025.pdf</t>
   </si>
   <si>
     <t>Reforma geral da Escola Clemente Mariani, inclusive com reconstrução do muro, Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_75.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_75.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a expansão para um número mais significativo e dentro das condições financeiras do Município, da oferta de bolsa universitária aos estudantes carentes de nossa cidade.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_76.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_76.2025.pdf</t>
   </si>
   <si>
     <t>Determinação a quem de direito para disponibilização da máquina retroescavadeira com vistas a abertura de valeta para colocação de manilhas e posterior fechamento das valas, objetivando construção de canal de escoamento de água pluvial junto a Rua F. Almeida, Loteamento Elmo, para o Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_77.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_77.2025.pdf</t>
   </si>
   <si>
     <t>Determinação a quem de direito para execução de serviços de instalação de braços de luz com lâmpadas de led´s de 100W, junto aos postes de iluminação pública recentemente instalados na Rua Mestre Tota e travessa entre as Ruas Mestre Tota e Alípio Rocha Passos (Rua da feira), para o Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_78.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_78.2025.pdf</t>
   </si>
   <si>
     <t>Revisão geral da rede de iluminação pública (torres) da Arena Manoel Fernandes Xavier, inclusive com reposição para lâmpadas de led`s, No Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/393/requerimento_no_79.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/393/requerimento_no_79.2025.pdf</t>
   </si>
   <si>
     <t>Melhoramento (patrolamento e cascalhamento) da estrada principal de acesso a Sede, Povoado de Tapiragi a divisa com o Município de Itagi, incluindo todos os ramais das seguintes Regiões: Serra do Geraldo, Piabas, Almeida (inclusive com reconstrução de mata burro de ferro), Toca Bonita e Lagoa Verde.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_no_80.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_no_80.2025.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de reconstrução do abrigo para passageiro proximidade do quiosque de propriedade do senhor conhecido popularmente como Nanico, no Distrito de Japomirim, objetivando proporcionar segurança e conforto aos usuários, protegendo-os de intempéries enquanto esperam o transporte.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_81.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_81.2025.pdf</t>
   </si>
   <si>
     <t>Construção de dois abrigos para passageiros/estudantes, assim sendo um proximidade da entrada de acesso aos Bairros Kleber Barreto/Jorge Neiva e outro proximidade entrada para barragem de captação de água da EMBASA junto ao Rio do Peixe, objetivando oferecer conforto, segurança e qualidade aos usuários. Os abrigos protegem do sol, chuva e outras condições climáticas, além de proporcionar um local para sentar e aumentar a sensação de segurança.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Leidiane Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_082_25_leidiane.docx</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_082_25_leidiane.docx</t>
   </si>
   <si>
     <t>Manutenção/reparo junto ao calcamento das ruas Ceciliano Alves Novaes e Abílio Pereira de Almeida, na Barroquinha, Sede, neste Município.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_001.2025_-_aleandro.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_001.2025_-_aleandro.pdf</t>
   </si>
   <si>
     <t>Solicitando benefícios para a Comunidade do Novo Horizonte, neste município.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_002.2025_-_aleandro.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_002.2025_-_aleandro.pdf</t>
   </si>
   <si>
     <t>Solicitando benefícios para o Povoado de Acaraci, neste município.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_003.2025_-_valmir.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_003.2025_-_valmir.pdf</t>
   </si>
   <si>
     <t>Solicitando benefícios para os bairros Kleber Barreto/Jorge Neiva, neste município.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_004.2025_-_manoel.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_004.2025_-_manoel.pdf</t>
   </si>
   <si>
     <t>Solicitando ativação da sub delegacia de segurança pública, inclusive com administração e responsabilidade para a Guarda Municipal.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_005.2025_-_saulo.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_005.2025_-_saulo.pdf</t>
   </si>
   <si>
     <t>Solicitando planejamento financeiro com vistas a proceder reajuste salarial para a classe de merendeiras.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_006.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_006.2025.pdf</t>
   </si>
   <si>
     <t>Construção de vestiários anexo ao Campo Society Olindino Pereira, no povoado de Acaraci.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_007.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_007.2025.pdf</t>
   </si>
   <si>
     <t>Proposições para o Distrito de Japomirim, neste Município, a saber:_x000D_
 •	Calçamento da 1ª e 2ª travessa Rua Esmeraldo Rocha Passos, Bairro Independência;_x000D_
 •	Extensão do calçamento para a Rua G, Loteamento Paulista, acesso ao Colégio Haroldo Lima.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_008.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_008.2025.pdf</t>
   </si>
   <si>
     <t>Criação e instalação de uma creche para devido atendimento as crianças do povoado de Acaraci.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_009.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_009.2025.pdf</t>
   </si>
   <si>
     <t>Construção da rede de esgotamento sanitário e pavimentação do Bairro Novo, Povoado de Acaraci.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_010.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_010.2025.pdf</t>
   </si>
   <si>
     <t>Reivindicações para o Povoado de Tapiragi, neste Município, a saber:_x000D_
 •	Reforma geral da lavanderia pública inclusive com instalação de uma nova caixa d´água com maior capacidade de água, bem como aquisição e disponibilização de 06 (seis) tanquinhos para atendimento a comunidade;_x000D_
 •	Reativação da arena futevôlei Manoel Fernandes - “Maiado”, com reconstrução de uma nova rede de esgotamento sanitário;_x000D_
 •	Reconstrução de parte do muro do Colégio Clemente Mariani.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_011.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_011.2025.pdf</t>
   </si>
   <si>
     <t>Modernização da arena de futebol Homero da Mata, Sede, incluindo instalação de tela e construção de arquibancada e vestiários bem como melhoramento no gramado.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_012.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_012.2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da área verde anexo ao Parque do Vaqueiro Leonézio Pereira, Sede, inclusive com instalação de equipamentos de ginástica, brinquedos infantis e construção de pista de caminhada ao redor da lagoa. Soma-se a isso a instalação de iluminação adequada.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_013.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_013.2025.pdf</t>
   </si>
   <si>
     <t>Urbanização da Avenida Luiz Eduardo Magalhães, Sede, compreendendo o trecho do Estádio Fontourão até a entrada da Cachoeira, com construção de ciclovia, pista de caminhada, iluminação e arborização adequada.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_014.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_014.2025.pdf</t>
   </si>
   <si>
     <t>Estabelecer no âmbito da administração municipal notadamente no DIA 16 DE MAIO – DIA DO GARI, folga para todos os profissionais garis.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_015.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_015.2025.pdf</t>
   </si>
   <si>
     <t>Modernização do estádio de futebol FONTOURÃO, com execução de serviços de melhoramento/ajuste na iluminação, ampliação da cobertura da arquibancada e instalação de placar eletrônico; e	Reforma geral do campo Society anexo.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_016.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_016.2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica nas principais ruas da sede do município com implantação de faixas de pedestres nos locais adequados.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_017.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_017.2025.pdf</t>
   </si>
   <si>
     <t>Modernização da área da cachoeira daí incluindo melhorias das instalações (quiosque, sanitários, bicas, dentre outros) e de toda área ao redor, instalação de novos equipamentos de lazer, iluminação e arborização adequada.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_018.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_018.2025.pdf</t>
   </si>
   <si>
     <t>Esforço de junto ao Governo do Estado – Secretaria competente pleitear a construção de uma piscina semiolímpica com vista a implantação no âmbito Municipal da prática esportiva de natação especialmente para os estudantes da rede municipal e terceira idade.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_019.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_019.2025.pdf</t>
   </si>
   <si>
     <t>Modernização da rodoviária daí incluindo ampla cobertura para melhor atender aos passageiros e estudantes que aguardam transporte escolar, reforma de sanitários e pavimentação da área ao fundo.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_020.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_020.2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação/urbanização das vias públicas de acesso ao Bairro Recanto dos Pássaros, tanto nas imediações do CEMED (Centro de Especialidades Médicas Dr. José Amado de Freitas) quanto do Bairro Nova Esperança; e pavimentação/urbanização das vias públicas do Loteamento Maria Rosa (próximo ao CEDA – Colégio Estadual Dulce Almeida).</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_021.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_021.2025.pdf</t>
   </si>
   <si>
     <t>Construção de redutores de velocidade ao longo das Ruas D. Pedro II (proximidade do Correios) e Simões Filho, Centro.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_022.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_022.2025.pdf</t>
   </si>
   <si>
     <t>A hipersensibilidade é uma característica muito comum em pessoas com Transtorno do Espectro Autista (TEA). Como parte do transtorno de processamento sensorial, nessa condição o sistema nervoso enfrenta dificuldades ao processar estímulos ambientais e sensoriais, como barulhos, por exemplo. Neste contexto, proponho a administração municipal a determinação no âmbito deste Município para proibição de sirenes em todas as Escolas e Colégios (quando do período de inícios de aulas e intervalos), substituindo por música instrumental.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_023.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_023.2025.pdf</t>
   </si>
   <si>
     <t>Instalação de uma creche, no Povoado de Tapiragi, neste Município</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_024.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_024.2025.pdf</t>
   </si>
   <si>
     <t>Modernização/requalificação da Pça. Gabriel Moreira, no Distrito de Japomirim, neste Município, inclusive com construção e instalação de uma fonte luminosa. Soma-se a isso, a transferência de todos os quiosques existentes para o outro lado da Avenida - área mais adequada.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_025.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_025.2025.pdf</t>
   </si>
   <si>
     <t>Alargamento das duas pontes da entrada, sendo uma sobre o Riacho das Caatinga e outra sobre o Riacho da Anta, no Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_026.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_026.2025.pdf</t>
   </si>
   <si>
     <t>Implantação de ensino integral no Colégio Clemente Mariani, inclusive com climatização em todas as salas de aulas, no Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_027.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_027.2025.pdf</t>
   </si>
   <si>
     <t>Cobertura da arquibancada do campo de futebol Manoel Fernandes (Maiado), no Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_028.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_028.2025.pdf</t>
   </si>
   <si>
     <t>Recuperação do calçamento da Avenida Reginaldo Rocha Passos, inclusive com construção de ciclovia, iluminação e arborização adequada, no Distrito de Japomirim, neste Município.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_no_029.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_no_029.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a implantação e instalação de uma usina de energia solar municipal para utilização em todos os órgãos e prédios públicos.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_no_030.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_no_030.2025.pdf</t>
   </si>
   <si>
     <t>Requalificação/modernização do jardim anexo a Pça. Hélio Quadros, Bairro 31 de Março, inclusive com reconstrução de uma biblioteca pública digital.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_031.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_031.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a alteração da data quando da realização das festividades comemorativas ao Dia da Criança, especificamente para CRIANÇAS COM TRANSTORNO DO ESPECTRO AUTISTA, no âmbito deste Município.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_032.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_032.2025.pdf</t>
   </si>
   <si>
     <t>Construção e urbanização do canal de macrodrenagem do Bairro Nova Esperança (Portelinha).</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_033.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_033.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a construção do parque do vaqueiro devidamente equipado com pista de provas, quiosque com sanitários coletivos, iluminação adequada, para a Região do Machadinho, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_034.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_034.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a reforma geral do espaço entrada térreo do Estádio Fontourão, transformando em uma casa de artes marciais (Jiu-Jitsu, Capoeira, resgate do Karatê e inclusão do Boxe) devidamente equipada com piso adequado, bebedouros e sanitários.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_035.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_035.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas de junto as esferas de Governo Estadual/Federal promover a devida contratação de toda estrutura operacional necessária para o adequado funcionamento e implantação do Serviço de Atendimento Móvel de Urgência – SAMU 192.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_036.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_036.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a construção de um muro de contenção junto ao barranco no trecho conhecido popularmente como “corte._x000D_
 Faço observá-lo que tal problema se configura como uma “tragédia anunciada”; e construção da rede de esgotamento sanitário nessa mesma localidade, notadamente no perímetro compreendendo fundo das residências da Rua D. Pedro II a Rua Castro Alves.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_037.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_037.2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma área de terra com a finalidade específica da construção do PARQUE DO VAQUEIRO, para o Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_38.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_38.2025.pdf</t>
   </si>
   <si>
     <t>Inclusão da FESTA DA PADROEIRA SANTA MARIA GORETTI, como Patrimônio Imaterial e Cultural deste Município.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), Antônio Alves Guimarães Filho(Antônio da Cerâmica), Manoel Rodrigues Gouveia(Manoel de Tapiragi)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_no_39.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_no_39.2025.pdf</t>
   </si>
   <si>
     <t>Junção da Pça. Pe. Emmanuel R. Passionista a Igreja Matriz.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_40.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_40.2025.pdf</t>
   </si>
   <si>
     <t>Reforma geral/reconstrução e modernização da Pça. Hermenegildo Costa, no Povoado de Tapiragi, neste Município. Trata-se de um espaço público importante de lazer e convivência/ponto de encontro social, essencial para o bem-estar e a qualidade de vida daquela comunidade.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_no_41.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_no_41.2025.pdf</t>
   </si>
   <si>
     <t>Implantação e execução do PROGRAMA SAÚDE INTINERANTE nas seguintes Regiões: Lameiro, Lajedo, Tesouras, Assentamento dos Sem Terra e Umburana.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_no_42.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_no_42.2025.pdf</t>
   </si>
   <si>
     <t>Quando da doação de lotes e urbanização do loteamento, sito, entrada da cidade sentido Itagibá/Ipiaú, próximo ao Complexo Policial, construção de uma praça de lazer e convivência bem como construção e instalação de uma UBS – Unidade Básica da Saúde.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_43.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_43.2025.pdf</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro), Jailton Andrade Souza(Jajai), Leandro Jesus da Silva, Leidiane Silva Santos, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_44.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_44.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas junto ao Governo do Estado pleitear urbanização da Avenida Luiz Eduardo Magalhães, Sede, compreendendo o trecho do Estádio Fontourão até a entrada da Cachoeira, com construção de ciclovia, pista de caminhada, iluminação e arborização adequada, bem como instalação de uma academia ao ar livre e perfuração e instalação de um poço artesiano com vistas abastecer os chuveirões proximidade do quiosque.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_45.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_45.2025.pdf</t>
   </si>
   <si>
     <t>Planejamento com vistas a construção de um muro de contenção junto ao barranco no trecho conhecido popularmente como “corte.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_46.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_46.2025.pdf</t>
   </si>
   <si>
     <t>Urbanização/modernização com iluminação adequada da área verde anexo ao Parque do Vaqueiro Lionésio Pereira, Sede, inclusive com instalação de equipamentos de ginástica ao ar livre e construção de pista de caminhada ao redor da lagoa.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente</t>
   </si>
   <si>
     <t>CESOSP - Comissão de Educação, Saúde, Obras e Serviços Públicos, CFOC - Comissão de Finanças, Orçamento e Contas, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/194/u66632a4x111371_01212025_202335_001036.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/194/u66632a4x111371_01212025_202335_001036.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI DO EXECUTIVO Nº. 001/2025, DE 13 DE JANEIRO DE 2025</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/198/parecer_aos_pll_nos_001_e_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/198/parecer_aos_pll_nos_001_e_002.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AOS PROJETOS DE LEIS LEGISLATIVOS Nº. 001 E 002/2025, DATADO DE 05 DE FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/199/parecer_ao_ple_no_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/199/parecer_ao_ple_no_002.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI (EXECUTIVO) Nº. 002/2025, DATADO DE 29 DE JANEIRO DE 2025.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/207/parecer_ao_ple_no_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/207/parecer_ao_ple_no_003.2025.pdf</t>
   </si>
   <si>
     <t>Parecer em conjunto das Comissões permanentes ao Projeto de Lei do Executivo Nº 003/2025, de 25 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/208/parecer_da_comissao_de_justica_e_redacao_as_indicacoes_nos._001_a_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/208/parecer_da_comissao_de_justica_e_redacao_as_indicacoes_nos._001_a_005.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 001 A 005/2025, TODAS DATADAS DE 11 DE MARÇO DE 2025 E DE AUTORIA DOS EDIS: 001 E 002 – ALEANDRO SANTOS DA SILVA; 003 – VALMIR DOS  SANTOS RODIGUES; 004 – MANOEL RODRIGUES GOUVEIA E 005 - SAULO MARCELO MIRANDA).</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/228/parecer_comissoes_pls_004_e_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/228/parecer_comissoes_pls_004_e_005.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AOS PROJETOS DE LEIS DO EXECUTIVO NºS.: 004 E 005/2025, DATADOS DE 13 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/254/parecer_das_indicacoes_06_a_15.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/254/parecer_das_indicacoes_06_a_15.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 006 A 015/2025, TODAS DATADAS DE 18 DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/255/parecer_cj_ao_pll_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/255/parecer_cj_ao_pll_003.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 003/2025, DE 18 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_cj_indicacoes_016_a_027.2015.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_cj_indicacoes_016_a_027.2015.pdf</t>
   </si>
   <si>
     <t>PARACER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES Nº.: 016 A 027/2025, DATADAS DE 24 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_ao_pr_001.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_ao_pr_001.2025.pdf</t>
   </si>
   <si>
     <t>PARACER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE RESOLUÇÃO Nº. 001/2025, DE 24 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_ao_ple_006.2025_executivo_-_01.04.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_ao_ple_006.2025_executivo_-_01.04.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 006/2025, DATADO DE 27DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/293/parecer_cj_as_indicacoes_028_a_031.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/293/parecer_cj_as_indicacoes_028_a_031.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 028, DE AUTORIA DOS EDIS ANTÔNIO ALVES GUIMARÃES FILHO, JAILTON ANDRADE SOUZA E FERNANDO LOPES PASSOS; 029, DE AUTORIA 030, DE AUTORIA DOS EDIS MARCUS VINICIUS SANTOS DAMASCENO, JUNIVAL SANTOS ALVES E LEANDRO JESUS DA SILVA, E 031, DE AUTORIA DO EDIL MARCUS VINICIUS SANTOS DAMASCENO. TODAS DATADAS DE 01 DE ABRIL DE 2025.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/294/parecer_cj_aos_prs_002_e_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/294/parecer_cj_aos_prs_002_e_003.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AOS PROJETOS DE RESOLUÇÕES NºS.: 002 E E 003/2025, DATADOS DE 01 DE ABRIL DE 2025, DE AUTORIA DOS EDIS MANOEL RODRIGUES GOUVEIA E ANTÔNIO ALVES GUIMARÃES FILHO – RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/295/par_cjr_pll_003_25_logradouro_publico.docx</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/295/par_cjr_pll_003_25_logradouro_publico.docx</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/296/u66632h3x111641_04292025_093630_000037.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/296/u66632h3x111641_04292025_093630_000037.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AOS PROJETOS DE LEIS NºS.: 007 E 008/2025, DE AUTORIA DO EXECUTIVO MUNICIPAL, DATADOS DE 07 DE ABRIL DE 2025.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/302/parecer_cj_as_indicacoes_032_a_036.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/302/parecer_cj_as_indicacoes_032_a_036.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 032, DE AUTORIA DO EDIL MANOEL RODRIGUES GOUVEIA; 033 E 034 DE AUTORIA DO EDIL MARCUS VINICIUS SANTOS DAMASCENO; 035 DE AUTORIA DO EDIL JUNIVAL SANTOS ALVES, TODAS DATADAS DE 15 DE ABRIL DE 2025 E 036, DATADA DE 22 DE ABRIL DE 2025 DE AUTORIA DO EDIL LEANDRO JESUS DA SILVA.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/303/parecer_cj_ao_pll_no_004.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/303/parecer_cj_ao_pll_no_004.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 004/2025, DE 15 DE ABRIL DE 2025.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/304/parecer_cp_ao_pl_010.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/304/parecer_cp_ao_pl_010.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 010/2025, DATADO DE 25 DE ABRIL DE 2025.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/308/parecer_cp_ao_pl_011.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/308/parecer_cp_ao_pl_011.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 011/2025, DATADO DE 09 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/309/parecer_cj_ao_veto_ao_pl_no_006.2021.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/309/parecer_cj_ao_veto_ao_pl_no_006.2021.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO VETO TOTAL DO PROJETO DE LEI LEGISLATIVO Nº. 006/2021, DE 18 DE MAIO DE 2021.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/315/parecer_cj_a_indicacao_no_37.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/315/parecer_cj_a_indicacao_no_37.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO A INDICAÇÃO Nº. 037/2025, DE AUTORIA DO EDIL MANOEL RODRIGUES GOUVEIA.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_ao_pll_007.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_ao_pll_007.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI LEGISLATIVO Nº. 007/2025, DATADO DE 20 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/329/parecer_ao_pll_no_008.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/329/parecer_ao_pll_no_008.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 008/2025, DE 27 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/330/parecer_ao_pl_executivo_no_009.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/330/parecer_ao_pl_executivo_no_009.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 009, DATADO DE 15 DE ABRIL DE 2025 QUE "DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2025 DO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_ao_pl_executivo_no_012.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_ao_pl_executivo_no_012.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 012, DATADO DE 23 DE MAIO DE 2025, QUE "DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL – SUAS DO MUNICÍPIO DE ITAGIBÁ/BA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_aos_prs_nos_004_e_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_aos_prs_nos_004_e_005.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AOS PROJETOS DE RESOLUÇÕES NºS.: 004 E 005/2025, DATADOS DE 10 DE JUNHO DE 2025, DE AUTORIA DOS EDIS LEANDRO JESUS DA SILVA E MARCUS VINICIUS SANTOS DAMASCENO – RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/338/parecer_as_indicacoes_nos_038_e_039.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/338/parecer_as_indicacoes_nos_038_e_039.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 038, DE AUTORIA DO EDIL ALEANDRO SANTOS DA SILVA, e 039/2025, DE AUTORIA DOS EDIS ALEANDRO SANTOS DA SILVA, ANTÔNIO ALVES GUIMARÃES FILHO E MANOEL RODRIGUES GOUVEIA. AMBAS DATADAS DE 10 DE JUNHO DE 2025.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/365/parecer_ao_pl_executivo_no_017.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/365/parecer_ao_pl_executivo_no_017.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 017/2025, DE 19 DE SETEMBRO DE 2025 – AUTORIZA DOAÇÃO DE BEM PÚBLICO AO ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS (CEDA).</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/396/par_cjr_indicacoes_040_a_046_2025.docx</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/396/par_cjr_indicacoes_040_a_046_2025.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 040/2025, DATADA DE 21/10/2025, DE AUTORIA DO EDIL MANOEL RODRIGUES GOUVEIA; 041, DE AUTORIA DO EDIL JOSÉ SOARES DA SILVA; 042, DE AUTORIA DA EDIL LEIDIANE SILVA SANTOS; 043, DE AUTORIA DO EDIL MANOEL RODRIGUES GOUVEIA; 044, DE AUTORIA DOS EDIS ALEANDRO SANTOS DA SILVA, MANOEL RODRIGUES GOUVEIA, LEANDRO JESUS DA SILVA, LEIDIANE SILVA SANTOS, JAILTON ANDRADE SOUZA E MARCUS VINICIUS SANTOS DAMASCENO; 046 E 047, DE AUTORIA DO EDIL LEANDRO JESUS DA SILVA. TODAS DATADAS DE 04/11/2025.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/397/par_cjr_p_resolucao_006_a_009_25.docx</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/397/par_cjr_p_resolucao_006_a_009_25.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AOS PROJETOS DE RESOLUÇÕES NºS.: 006/2025, DE AUTORIA DO EDIL MARCUS VINICIUS SANTOS DAMASCENO; 007/2025, DE AUTORIA DO EDIS VALMIR DOS SANTOS RODRIGUES, FERNANDO ROCHA PASSOS, JUNIVAL SANTOS ALVES E JOSÉ SOARES DA SILVA – DATADOS DE 09/09/2025; 008/2025, DE AUTORIA DO EDIL MARCUS VINICIUS SANTOS DAMASCENO, 009/2025, DE AUTORIA DO EDIS JUNIVAL SANTOS ALVES, FERNANDO LOPES PASSOS E LEIDIANE SILVA SANTOS – DATADOS DE 04/11/2025.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 013/2025, DE 29 DE AGOSTO DE 2025 (PPA 2026 A 2029).</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 009/2025, DE 09 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 016/2025, DATADO DE 19 DE SETEMBRO DE 2025 (ACELERA ITAGIBÁ – FUNDO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO).</t>
   </si>
   <si>
     <t>409</t>
   </si>
@@ -2062,396 +2071,441 @@
   <si>
     <t>411</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI DO EXECUTIVO MUNICIPAL Nº. 015/2025, DATADO DE 19 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 010/2025, DE 09 DE DEZEMBRO DE 2025.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 011/2025, DE 09 DE DEZEMBRO DE 2025.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE RESOLUÇÃO Nº. 010/2025, DE 09 DE DEZEMBRO DE 2025.</t>
   </si>
   <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/418/par_cp_pl_014_25_loanual_2026.docx</t>
+  </si>
+  <si>
+    <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 014/2025,  DATADO DE 29 DE SETEMBRO DE 2025 (LOA 2026);</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI N. 020/2025, DE 12 DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO N. 012/2025, DE 16 DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/422/par_cp_pl_021_25_altera_a_lei_ppa.docx</t>
+  </si>
+  <si>
+    <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI DO EXECUTIVO MUNICIPAL N. 021/2025, DE 23 DE DEZEMBRO DE 2025.</t>
+  </si>
+  <si>
     <t>227</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/227/mocao_001.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/227/mocao_001.2025.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Grupo de Doadores de Sangue Parceiros do Bem.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Saulo Marcelo Miranda(Saulo Carteiro), Aleandro Santos da Silva(Aleandro), Antônio Alves Guimarães Filho(Antônio da Cerâmica), Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai), José Soares da Silva, Junival Santos Alves, Leandro Jesus da Silva, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno, Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/253/mocao_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/253/mocao_002.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento a todos os integrantes da QUADRILHA JUNINA “PAIXÃO JUNINA”, neste Município, por promoverem a cultura do nosso Município com tanto talento, brilhantismo e alegria.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/269/mocao_no_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/269/mocao_no_003.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de pesar e solidariedade a família e familiares pelo falecimento dia 22/03/2025 do PROESSOR JOSÉ FERNANDES, ex Prefeito por três mandatos e 1º Prefeito deste Município</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Antônio Alves Guimarães Filho(Antônio da Cerâmica), Aleandro Santos da Silva(Aleandro), Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai), José Soares da Silva, Junival Santos Alves, Leandro Jesus da Silva, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno, Saulo Marcelo Miranda(Saulo Carteiro), Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/270/mocao_no_004.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/270/mocao_no_004.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento a todos os integrantes do GRUPO JAPÃO FOLIA, Distrito de Japomirim, neste Município,</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>José Soares da Silva, Aleandro Santos da Silva(Aleandro), Antônio Alves Guimarães Filho(Antônio da Cerâmica), Fernando Lopes Passos(Fernando de Alípio), Jailton Andrade Souza(Jajai), Junival Santos Alves, Leandro Jesus da Silva, Manoel Rodrigues Gouveia(Manoel de Tapiragi), Marcus Vinicius Santos Damasceno, Saulo Marcelo Miranda(Saulo Carteiro), Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/286/mocao_no_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/286/mocao_no_005.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento a todos os PROFESSORES E PROFESSORAS de nosso Município, pelos relevantes serviços prestados por esses abnegados profissionais que, com competência e desprendimento, ensinam e educam com a paciência e a versatilidade de verdadeiros mestres. Vocês elevam e dignificam a educação de nosso Município.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_no_006.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_no_006.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento a todos os MOTORISTAS de nosso Município, pelos relevantes serviços prestados por esses abnegados profissionais que, com competência e responsabilidade desempenham um papel fundamental para a sociedade, contribuindo para a mobilidade urbana, o desenvolvimento econômico, a segurança e o bem-estar da população.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/323/mocao_no_007.20251.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/323/mocao_no_007.20251.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento ao INSTITUTO SÓCIO AMBIENTAL SOFRÊ, neste Município, pelos relevantes serviços prestados em favor do desenvolvimento sustentável e fortalecimento da economia de nossa cidade. Uma entidade que dignifica o nome de Itagibá.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/332/mocao_no_008.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/332/mocao_no_008.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento a todos os integrantes da ESCOLA ANTÔNIO IMBASSAHY, Distrito de Japomirim, neste Município, por promoverem a cultura e tradição de nosso Município com tanto talento, brilhantismo e alegria. Ressalta-se a excepcional participação da QUADRILHA JUNINA junto a Vila Cultural/2025 em nosso Município, com o tema A SAGA DE UM VAQUEIRO. Parabéns pelo desempenho, digno de nosso reconhecimento e felicitações!</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/351/mocao_no_009.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/351/mocao_no_009.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento pela idealização e realização do 1º SHOW DE CALOUROS GOSPEL – CANTA ITAGIBÁ, um evento de sucesso e com um impacto significativo junto a comunidade evangélica onde o nome de Deus foi exaltado e glorificado por todos os participantes.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/352/mocao_no_10.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/352/mocao_no_10.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento pela brilhante participação campeã no 1º SHOW DE CALOUROS GOSPEL – CANTA ITAGIBÁ, dia 06 de setembro/2025, um evento de sucesso onde o nome de Deus foi exaltado e glorificado por todos os participantes.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/390/mocao_no_11.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/390/mocao_no_11.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento ao evangelista EVALDO XAVIER MACEDO, por ser idealizador, realizador e coordenador da 1ª E 2ª MARCHA PARA JESUS no Povoado de Tapiragi, neste Município, 2024 E 2025 – respectivamente.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_no_012.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_no_012.2025.pdf</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento a toda equipe do Colégio Municipal 14 de Agosto, Sede, neste Município, especialmente ao Prof. RODRIGO ROBERTO MIRANDA SANTOS idealizador e responsável e aos ESTUDANTES DA 9ª SÉRIE da referida instituição educacional, pela iniciativa e brilhante trabalho executado, titulado PROJETO CONSTRUINDO DOCUMENTÁRIOS DA NOSSA HISTÓRIA, 4ª EDIÇÃO, ANO 2025.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/398/mocao_013_25_aleandro.docx</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/398/mocao_013_25_aleandro.docx</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento ao Vereador Presidente da Câmara de Vereadores de nosso Município, Sr. ALEANDRO SANTOS DA SILVA, pela idealização, organização, dedicação, carinho e esforço na realização de festividade comemorativa ao DIA DA CRIANÇA junto ao Povoado de Acaraci, neste Município.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento ao Vereador de nosso Município, Sr. LEANDRO JESUS DA SILVA, pela idealização, organização, dedicação, carinho e esforço na realização de festividade comemorativa ao DIA DA CRIANÇA junto a Sede, neste Município.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Externar votos de aplausos e reconhecimento ao Vereador de nosso Município, Sr. VALMIR DOS SANTOS RODRIGUES, pela idealização, organização, dedicação, carinho e esforço na realização de festividade comemorativa ao DIA DA CRIANÇA junto ao Povoado de Tapiragi, neste Município.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Marcos Valério Barreto</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/310/veto_ao_pl_no_006.2021.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/310/veto_ao_pl_no_006.2021.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL DO PROJETO DE LEI LEGISLATIVO Nº. 006/2021, DE 18 DE MAIO DE 2021</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/192/u66632a4x111371_01212025_202419_001038.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/192/u66632a4x111371_01212025_202419_001038.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 861/2021, CONCEDENDO REAJUSTE DE VENCIMENTOS AO CARGO DE AGENTE ADMINISTRATIVO DO MUNICÍPIO DE ITAGIBÁ.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/195/ple_no_002.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/195/ple_no_002.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE BEM PÚBLICO AO ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/200/ple_no_003.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/200/ple_no_003.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 681/2012, CONCEDENDO REAJUSTE DE VENCIMENTOS A PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE ITAGIBA E EQUIPARAÇÃO SALARIAL A INATIVOS E PENSIONISTAS DA CATEGORIA.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/209/ple_no_004.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/209/ple_no_004.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AO PISO SALARIAL AOS SERVIDORES MUNICIPAIS OCUPANTES DOS CARGOS DE AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS DO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/210/ple_no_005.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/210/ple_no_005.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/256/ple_no_006.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/256/ple_no_006.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS/EXERCÍCIO-2025 DO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/276/u66632h3x111641_04292025_093521_000030.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/276/u66632h3x111641_04292025_093521_000030.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO, SEDE, MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/277/u66632h3x111641_04292025_093542_000034.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/277/u66632h3x111641_04292025_093542_000034.pdf</t>
   </si>
   <si>
     <t>DECLARA O PROFESSOR JOSÉ FERNANDES PATRONO DA EDUCAÇÃO PÚBLICA DE ITAGIBÁ E INSTITUI O DIA MUNICIPAL DA LEITURA, NO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_n09_-__ldo__2026.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_n09_-__ldo__2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2025 DO MUNICÍPIO DE ITAGIBÁ, ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/301/pl_010_25_rs_gmunicipal.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/301/pl_010_25_rs_gmunicipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DA GUARDA MUNICIPAL DE ITAGIBÁ E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/307/ple_no_011.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/307/ple_no_011.2025.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2026, a vigência do Plano Municipal de Educação - PME, aprovado por meio da Lei Municipal n°. 751, de 18 de maio de 2015.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/317/pl_012_25_-_suas.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/317/pl_012_25_-_suas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL – SUAS DO MUNICÍPIO DE ITAGIBÁ/BA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/354/pl013_-_ppa2026-2029.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/354/pl013_-_ppa2026-2029.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO GOVERNO MUNICIPAL DE ITAGIBÁ PARA O QUADRIÊNIO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/366/pl_014-2025_loa_2026_1.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/366/pl_014-2025_loa_2026_1.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DA PREFEITURA MUNICIPAL DE ITAGIBÁ, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_015-2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_015-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS SERVIÇOS DE TRANSPORTE INDIVIDUAL, ALTERNATIVO E COMPLEMENTAR DE PASSAGEIROS COM O USO DE VEÍCULOS AUTOMÓVEIS (SERVIÇO DE TÁXI) E DE MOTOCICLETAS (SERVIÇO DE MOTOTÁXI) NA CATEGORIA ALUGUEL NO MUNICÍPIO DE ITAGIBÁ E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/363/pl_executivo_no_016.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/363/pl_executivo_no_016.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ACELERAR ITAGIBÁ E CRIA O FUNDO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO DE ITAGIBÁ – FMDI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/364/pl_executivo_no_017.2025.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/364/pl_executivo_no_017.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE BEM PÚBLICO AO ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS (CEDA).</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS CONSELHOS TUTELARES DO MUNICIPIO DE ITAGIBÁ E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS OCUPANTES DO CARGO DE ATENDENTE DE CLASSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº. 861, DE 27 DE DEZEMBRO DE 2021, PARA CRIAR NOVAS UNIDADES ADMINISTRATIVAS, CARGOS EM COMISSÃO, FUNÇÕES DE CONFIANÇA E ATUALIZAR ANEXOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/421/p.l._no_021-2025_-_alteracao_do_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 975, de 16 de dezembro de 2025, para incluir a prioridade absoluta à criança e ao adolescente e instituir a Agenda Transversal no Plano Plurianual 2026-2029, atendendo às diretrizes do Selo UNICEF.</t>
+  </si>
+  <si>
     <t>193</t>
   </si>
   <si>
     <t>ECP</t>
   </si>
   <si>
     <t>Eleição das Comissões Permanentes</t>
   </si>
   <si>
     <t>Antônio Alves Guimarães Filho(Antônio da Cerâmica), Junival Santos Alves, Marcus Vinicius Santos Damasceno</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/193/proposta_composicao_das_cpermanentes.pdf</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/193/proposta_composicao_das_cpermanentes.pdf</t>
   </si>
   <si>
     <t>Composição das Comissões Permanentes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2758,68 +2812,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/196/pll_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/197/pll_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/221/pll_003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/279/pll_no_004.20252.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/280/pll_005_25_corte_energia_e_agua.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/311/pll_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/322/pll_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/350/pl_legislativo_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/241/pr_001.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/257/pll_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/258/pr_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/333/pr_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/334/pr_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/348/pr_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/349/pr_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/353/pr_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/383/pr_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_001.2025_-_vereador_ze_soares.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_002.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_003.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_004.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_005.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_006.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_010.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_no_013.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_014.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_018.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_19.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_020.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_0212025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_023.20251.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_024.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_025.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_027.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_030.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_031.20251.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_032.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no_033.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no_034.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_no_035.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_036.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_037.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_038.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_no_39.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no_40.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_no_41.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_no_43.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_no_46.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_no_47.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_no_48.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_49.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_50.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_51.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_no_52.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_no_53.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_no_54.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_no_55.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_no_56.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_57.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_58.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_59.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_60.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_61.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_62.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/368/requerimento_no_63.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_no_64.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_no_65.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_no_66.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_67.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_69.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/375/requerimento_no_70.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_71.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_72.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_73.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_75.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_76.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_77.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_78.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/393/requerimento_no_79.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_no_80.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_81.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_082_25_leidiane.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_001.2025_-_aleandro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_002.2025_-_aleandro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_003.2025_-_valmir.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_004.2025_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_005.2025_-_saulo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_007.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_010.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_012.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_013.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_014.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_015.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_016.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_017.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_018.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_019.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_020.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_021.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_022.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_023.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_024.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_025.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_026.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_027.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_no_030.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_031.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_032.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_033.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_034.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_035.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_036.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_037.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_38.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_no_39.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_40.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_no_41.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_43.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_46.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/194/u66632a4x111371_01212025_202335_001036.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/198/parecer_aos_pll_nos_001_e_002.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/199/parecer_ao_ple_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/207/parecer_ao_ple_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/208/parecer_da_comissao_de_justica_e_redacao_as_indicacoes_nos._001_a_005.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/228/parecer_comissoes_pls_004_e_005.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/254/parecer_das_indicacoes_06_a_15.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/255/parecer_cj_ao_pll_003.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_cj_indicacoes_016_a_027.2015.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_ao_pr_001.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_ao_ple_006.2025_executivo_-_01.04.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/293/parecer_cj_as_indicacoes_028_a_031.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/294/parecer_cj_aos_prs_002_e_003.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/295/par_cjr_pll_003_25_logradouro_publico.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/296/u66632h3x111641_04292025_093630_000037.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/302/parecer_cj_as_indicacoes_032_a_036.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/303/parecer_cj_ao_pll_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/304/parecer_cp_ao_pl_010.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/308/parecer_cp_ao_pl_011.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/309/parecer_cj_ao_veto_ao_pl_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/315/parecer_cj_a_indicacao_no_37.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_ao_pll_007.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/329/parecer_ao_pll_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/330/parecer_ao_pl_executivo_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_ao_pl_executivo_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_aos_prs_nos_004_e_005.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/338/parecer_as_indicacoes_nos_038_e_039.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/365/parecer_ao_pl_executivo_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/396/par_cjr_indicacoes_040_a_046_2025.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/397/par_cjr_p_resolucao_006_a_009_25.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/227/mocao_001.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/253/mocao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/269/mocao_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/270/mocao_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/286/mocao_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/323/mocao_no_007.20251.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/332/mocao_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/351/mocao_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/352/mocao_no_10.2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/390/mocao_no_11.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/398/mocao_013_25_aleandro.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/310/veto_ao_pl_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/192/u66632a4x111371_01212025_202419_001038.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/195/ple_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/200/ple_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/209/ple_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/210/ple_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/256/ple_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/276/u66632h3x111641_04292025_093521_000030.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/277/u66632h3x111641_04292025_093542_000034.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_n09_-__ldo__2026.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/301/pl_010_25_rs_gmunicipal.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/307/ple_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/317/pl_012_25_-_suas.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/354/pl013_-_ppa2026-2029.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/366/pl_014-2025_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/363/pl_executivo_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/364/pl_executivo_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/193/proposta_composicao_das_cpermanentes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/196/pll_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/197/pll_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/221/pll_003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/279/pll_no_004.20252.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/280/pll_005_25_corte_energia_e_agua.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/311/pll_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/322/pll_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/350/pl_legislativo_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/417/pll_012_25_padroeira.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/241/pr_001.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/257/pll_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/258/pr_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/333/pr_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/334/pr_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/348/pr_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/349/pr_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/353/pr_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/383/pr_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_001.2025_-_vereador_ze_soares.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_002.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_003.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_004.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_005.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_006.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_010.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_no_013.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_014.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_018.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_19.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_020.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_0212025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_023.20251.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_024.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_025.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_027.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_030.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_031.20251.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_032.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no_033.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no_034.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_no_035.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_036.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_037.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_038.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_no_39.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no_40.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_no_41.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_no_43.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_no_46.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_no_47.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_no_48.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_49.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_50.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_51.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_no_52.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_no_53.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_no_54.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_no_55.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_no_56.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_57.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_58.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_59.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_60.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_61.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_62.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/368/requerimento_no_63.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_no_64.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_no_65.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_no_66.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_67.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_69.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/375/requerimento_no_70.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_71.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_72.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_73.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_75.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_76.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_77.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_78.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/393/requerimento_no_79.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_no_80.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_81.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_082_25_leidiane.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_001.2025_-_aleandro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_002.2025_-_aleandro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_003.2025_-_valmir.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_004.2025_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_005.2025_-_saulo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_007.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_010.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_012.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_013.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_014.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_015.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_016.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_017.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_018.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_019.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_020.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_021.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_022.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_023.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_024.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_025.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_026.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_027.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_no_030.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_031.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_032.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_033.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_034.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_035.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_036.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_037.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_38.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_no_39.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_40.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_no_41.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_43.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_46.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/194/u66632a4x111371_01212025_202335_001036.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/198/parecer_aos_pll_nos_001_e_002.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/199/parecer_ao_ple_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/207/parecer_ao_ple_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/208/parecer_da_comissao_de_justica_e_redacao_as_indicacoes_nos._001_a_005.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/228/parecer_comissoes_pls_004_e_005.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/254/parecer_das_indicacoes_06_a_15.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/255/parecer_cj_ao_pll_003.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_cj_indicacoes_016_a_027.2015.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_ao_pr_001.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_ao_ple_006.2025_executivo_-_01.04.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/293/parecer_cj_as_indicacoes_028_a_031.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/294/parecer_cj_aos_prs_002_e_003.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/295/par_cjr_pll_003_25_logradouro_publico.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/296/u66632h3x111641_04292025_093630_000037.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/302/parecer_cj_as_indicacoes_032_a_036.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/303/parecer_cj_ao_pll_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/304/parecer_cp_ao_pl_010.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/308/parecer_cp_ao_pl_011.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/309/parecer_cj_ao_veto_ao_pl_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/315/parecer_cj_a_indicacao_no_37.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_ao_pll_007.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/329/parecer_ao_pll_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/330/parecer_ao_pl_executivo_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_ao_pl_executivo_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_aos_prs_nos_004_e_005.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/338/parecer_as_indicacoes_nos_038_e_039.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/365/parecer_ao_pl_executivo_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/396/par_cjr_indicacoes_040_a_046_2025.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/397/par_cjr_p_resolucao_006_a_009_25.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/418/par_cp_pl_014_25_loanual_2026.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/422/par_cp_pl_021_25_altera_a_lei_ppa.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/227/mocao_001.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/253/mocao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/269/mocao_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/270/mocao_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/286/mocao_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/323/mocao_no_007.20251.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/332/mocao_no_008.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/351/mocao_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/352/mocao_no_10.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/390/mocao_no_11.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/398/mocao_013_25_aleandro.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/310/veto_ao_pl_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/192/u66632a4x111371_01212025_202419_001038.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/195/ple_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/200/ple_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/209/ple_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/210/ple_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/256/ple_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/276/u66632h3x111641_04292025_093521_000030.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/277/u66632h3x111641_04292025_093542_000034.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_n09_-__ldo__2026.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/301/pl_010_25_rs_gmunicipal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/307/ple_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/317/pl_012_25_-_suas.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/354/pl013_-_ppa2026-2029.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/366/pl_014-2025_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/363/pl_executivo_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/364/pl_executivo_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/421/p.l._no_021-2025_-_alteracao_do_ppa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2025/193/proposta_composicao_das_cpermanentes.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H225"/>
+  <dimension ref="A1:H232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3099,5578 +3153,5760 @@
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>63</v>
       </c>
-      <c r="F13" t="s">
+      <c r="G13" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
         <v>67</v>
       </c>
-      <c r="B14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H16" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>79</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E17" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E18" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F18" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F19" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E20" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F20" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E21" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F21" t="s">
-        <v>92</v>
+        <v>69</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H21" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="H22" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="D23" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H23" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
         <v>102</v>
       </c>
-      <c r="B24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F24" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H24" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E25" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F25" t="s">
         <v>107</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H25" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D26" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E26" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F26" t="s">
         <v>111</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>112</v>
       </c>
       <c r="H26" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E27" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H27" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D28" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E28" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F28" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D29" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E29" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F29" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D30" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E30" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F30" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H30" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D31" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E31" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F31" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D32" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E32" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F32" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E33" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F33" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>136</v>
+        <v>59</v>
       </c>
       <c r="D34" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E34" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F34" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" t="s">
+        <v>102</v>
+      </c>
+      <c r="E35" t="s">
+        <v>103</v>
+      </c>
+      <c r="F35" t="s">
         <v>140</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G35" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>144</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>102</v>
+      </c>
+      <c r="E36" t="s">
+        <v>103</v>
+      </c>
+      <c r="F36" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>148</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>102</v>
+      </c>
+      <c r="E37" t="s">
+        <v>103</v>
+      </c>
+      <c r="F37" t="s">
+        <v>63</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>152</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>102</v>
+      </c>
+      <c r="E38" t="s">
+        <v>103</v>
+      </c>
+      <c r="F38" t="s">
+        <v>76</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>156</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>102</v>
+      </c>
+      <c r="E39" t="s">
+        <v>103</v>
+      </c>
+      <c r="F39" t="s">
+        <v>56</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="D39" t="s">
-[...5 lines deleted...]
-      <c r="F39" t="s">
+      <c r="H39" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" t="s">
+        <v>102</v>
+      </c>
+      <c r="E40" t="s">
+        <v>103</v>
+      </c>
+      <c r="F40" t="s">
         <v>161</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="G40" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" t="s">
+      <c r="H40" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>164</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>165</v>
+      </c>
+      <c r="D41" t="s">
+        <v>102</v>
+      </c>
+      <c r="E41" t="s">
+        <v>103</v>
+      </c>
+      <c r="F41" t="s">
         <v>166</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="G41" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>170</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>102</v>
+      </c>
+      <c r="E42" t="s">
+        <v>103</v>
+      </c>
+      <c r="F42" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" t="s">
+      <c r="H42" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43" t="s">
+        <v>102</v>
+      </c>
+      <c r="E43" t="s">
+        <v>103</v>
+      </c>
+      <c r="F43" t="s">
         <v>175</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="G43" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>178</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>179</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>102</v>
+      </c>
+      <c r="E44" t="s">
+        <v>103</v>
+      </c>
+      <c r="F44" t="s">
+        <v>69</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>183</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>102</v>
+      </c>
+      <c r="E45" t="s">
+        <v>103</v>
+      </c>
+      <c r="F45" t="s">
+        <v>175</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>187</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>102</v>
+      </c>
+      <c r="E46" t="s">
+        <v>103</v>
+      </c>
+      <c r="F46" t="s">
+        <v>32</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>191</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>102</v>
+      </c>
+      <c r="E47" t="s">
+        <v>103</v>
+      </c>
+      <c r="F47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>195</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>102</v>
+      </c>
+      <c r="E48" t="s">
+        <v>103</v>
+      </c>
+      <c r="F48" t="s">
+        <v>41</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>198</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>199</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>102</v>
+      </c>
+      <c r="E49" t="s">
+        <v>103</v>
+      </c>
+      <c r="F49" t="s">
+        <v>80</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>202</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>203</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>102</v>
+      </c>
+      <c r="E50" t="s">
+        <v>103</v>
+      </c>
+      <c r="F50" t="s">
+        <v>63</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>206</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>207</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>102</v>
+      </c>
+      <c r="E51" t="s">
+        <v>103</v>
+      </c>
+      <c r="F51" t="s">
+        <v>63</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>210</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>211</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>102</v>
+      </c>
+      <c r="E52" t="s">
+        <v>103</v>
+      </c>
+      <c r="F52" t="s">
+        <v>175</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>214</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>215</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>102</v>
+      </c>
+      <c r="E53" t="s">
+        <v>103</v>
+      </c>
+      <c r="F53" t="s">
+        <v>80</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>218</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>219</v>
       </c>
       <c r="D54" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E54" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F54" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>220</v>
       </c>
       <c r="H54" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>221</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>222</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>102</v>
+      </c>
+      <c r="E55" t="s">
+        <v>103</v>
+      </c>
+      <c r="F55" t="s">
+        <v>161</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>225</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>226</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>102</v>
+      </c>
+      <c r="E56" t="s">
+        <v>103</v>
+      </c>
+      <c r="F56" t="s">
+        <v>32</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>229</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>230</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>102</v>
+      </c>
+      <c r="E57" t="s">
+        <v>103</v>
+      </c>
+      <c r="F57" t="s">
+        <v>69</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>233</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>234</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>102</v>
+      </c>
+      <c r="E58" t="s">
+        <v>103</v>
+      </c>
+      <c r="F58" t="s">
+        <v>56</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>237</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>238</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>102</v>
+      </c>
+      <c r="E59" t="s">
+        <v>103</v>
+      </c>
+      <c r="F59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>242</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>102</v>
+      </c>
+      <c r="E60" t="s">
+        <v>103</v>
+      </c>
+      <c r="F60" t="s">
+        <v>56</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D60" t="s">
-[...8 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>246</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>102</v>
+      </c>
+      <c r="E61" t="s">
+        <v>103</v>
+      </c>
+      <c r="F61" t="s">
+        <v>111</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>250</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>102</v>
+      </c>
+      <c r="E62" t="s">
+        <v>103</v>
+      </c>
+      <c r="F62" t="s">
+        <v>63</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="D62" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>253</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>254</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>102</v>
+      </c>
+      <c r="E63" t="s">
+        <v>103</v>
+      </c>
+      <c r="F63" t="s">
+        <v>63</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>257</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>258</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>102</v>
+      </c>
+      <c r="E64" t="s">
+        <v>103</v>
+      </c>
+      <c r="F64" t="s">
+        <v>166</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>261</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>262</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>102</v>
+      </c>
+      <c r="E65" t="s">
+        <v>103</v>
+      </c>
+      <c r="F65" t="s">
+        <v>56</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>266</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>102</v>
+      </c>
+      <c r="E66" t="s">
+        <v>103</v>
+      </c>
+      <c r="F66" t="s">
+        <v>80</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>269</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>270</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>102</v>
+      </c>
+      <c r="E67" t="s">
+        <v>103</v>
+      </c>
+      <c r="F67" t="s">
+        <v>56</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D67" t="s">
-[...5 lines deleted...]
-      <c r="F67" t="s">
+      <c r="H67" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>273</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>274</v>
+      </c>
+      <c r="D68" t="s">
+        <v>102</v>
+      </c>
+      <c r="E68" t="s">
+        <v>103</v>
+      </c>
+      <c r="F68" t="s">
         <v>275</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="G68" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D68" t="s">
-[...5 lines deleted...]
-      <c r="F68" t="s">
+      <c r="H68" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>278</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>279</v>
+      </c>
+      <c r="D69" t="s">
+        <v>102</v>
+      </c>
+      <c r="E69" t="s">
+        <v>103</v>
+      </c>
+      <c r="F69" t="s">
         <v>280</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="G69" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D69" t="s">
-[...5 lines deleted...]
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>283</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>284</v>
+      </c>
+      <c r="D70" t="s">
+        <v>102</v>
+      </c>
+      <c r="E70" t="s">
+        <v>103</v>
+      </c>
+      <c r="F70" t="s">
         <v>285</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="G70" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D70" t="s">
-[...8 lines deleted...]
-      <c r="G70" s="1" t="s">
+      <c r="H70" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>288</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>289</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>102</v>
+      </c>
+      <c r="E71" t="s">
+        <v>103</v>
+      </c>
+      <c r="F71" t="s">
+        <v>111</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>292</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>293</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>102</v>
+      </c>
+      <c r="E72" t="s">
+        <v>103</v>
+      </c>
+      <c r="F72" t="s">
+        <v>285</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>296</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>297</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>102</v>
+      </c>
+      <c r="E73" t="s">
+        <v>103</v>
+      </c>
+      <c r="F73" t="s">
+        <v>161</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>300</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>301</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>102</v>
+      </c>
+      <c r="E74" t="s">
+        <v>103</v>
+      </c>
+      <c r="F74" t="s">
+        <v>275</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>304</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>305</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>102</v>
+      </c>
+      <c r="E75" t="s">
+        <v>103</v>
+      </c>
+      <c r="F75" t="s">
+        <v>275</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>309</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>102</v>
+      </c>
+      <c r="E76" t="s">
+        <v>103</v>
+      </c>
+      <c r="F76" t="s">
+        <v>285</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>313</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>102</v>
+      </c>
+      <c r="E77" t="s">
+        <v>103</v>
+      </c>
+      <c r="F77" t="s">
+        <v>63</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="D77" t="s">
-[...5 lines deleted...]
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>317</v>
+      </c>
+      <c r="D78" t="s">
+        <v>102</v>
+      </c>
+      <c r="E78" t="s">
+        <v>103</v>
+      </c>
+      <c r="F78" t="s">
         <v>318</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="G78" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>321</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>322</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>102</v>
+      </c>
+      <c r="E79" t="s">
+        <v>103</v>
+      </c>
+      <c r="F79" t="s">
+        <v>63</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>325</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>326</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>102</v>
+      </c>
+      <c r="E80" t="s">
+        <v>103</v>
+      </c>
+      <c r="F80" t="s">
+        <v>63</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D80" t="s">
-[...5 lines deleted...]
-      <c r="F80" t="s">
+      <c r="H80" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>329</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>330</v>
+      </c>
+      <c r="D81" t="s">
+        <v>102</v>
+      </c>
+      <c r="E81" t="s">
+        <v>103</v>
+      </c>
+      <c r="F81" t="s">
         <v>331</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="G81" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>334</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>335</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>102</v>
+      </c>
+      <c r="E82" t="s">
+        <v>103</v>
+      </c>
+      <c r="F82" t="s">
+        <v>285</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>338</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>339</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>102</v>
+      </c>
+      <c r="E83" t="s">
+        <v>103</v>
+      </c>
+      <c r="F83" t="s">
+        <v>69</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D83" t="s">
-[...5 lines deleted...]
-      <c r="F83" t="s">
+      <c r="H83" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>342</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>343</v>
+      </c>
+      <c r="D84" t="s">
+        <v>102</v>
+      </c>
+      <c r="E84" t="s">
+        <v>103</v>
+      </c>
+      <c r="F84" t="s">
         <v>344</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="G84" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>347</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>348</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>102</v>
+      </c>
+      <c r="E85" t="s">
+        <v>103</v>
+      </c>
+      <c r="F85" t="s">
+        <v>161</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>351</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>352</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>102</v>
+      </c>
+      <c r="E86" t="s">
+        <v>103</v>
+      </c>
+      <c r="F86" t="s">
+        <v>275</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="D86" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>355</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>356</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>102</v>
+      </c>
+      <c r="E87" t="s">
+        <v>103</v>
+      </c>
+      <c r="F87" t="s">
+        <v>275</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>359</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>360</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>102</v>
+      </c>
+      <c r="E88" t="s">
+        <v>103</v>
+      </c>
+      <c r="F88" t="s">
+        <v>69</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D88" t="s">
-[...8 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>363</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>364</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>102</v>
+      </c>
+      <c r="E89" t="s">
+        <v>103</v>
+      </c>
+      <c r="F89" t="s">
+        <v>63</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>367</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>368</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>102</v>
+      </c>
+      <c r="E90" t="s">
+        <v>103</v>
+      </c>
+      <c r="F90" t="s">
+        <v>63</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>369</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
       <c r="H90" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>371</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>372</v>
       </c>
       <c r="D91" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E91" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F91" t="s">
-        <v>282</v>
+        <v>115</v>
       </c>
       <c r="G91" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>374</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>375</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>102</v>
+      </c>
+      <c r="E92" t="s">
+        <v>103</v>
+      </c>
+      <c r="F92" t="s">
+        <v>285</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="D92" t="s">
-[...5 lines deleted...]
-      <c r="F92" t="s">
+      <c r="H92" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>378</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>379</v>
+      </c>
+      <c r="D93" t="s">
+        <v>102</v>
+      </c>
+      <c r="E93" t="s">
+        <v>103</v>
+      </c>
+      <c r="F93" t="s">
         <v>380</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="G93" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D93" t="s">
-[...8 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>383</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>384</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="D94" t="s">
+        <v>102</v>
+      </c>
+      <c r="E94" t="s">
+        <v>103</v>
+      </c>
+      <c r="F94" t="s">
+        <v>285</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D94" t="s">
-[...8 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>387</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>388</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>102</v>
+      </c>
+      <c r="E95" t="s">
+        <v>103</v>
+      </c>
+      <c r="F95" t="s">
+        <v>69</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D95" t="s">
-[...8 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>391</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
         <v>392</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>102</v>
+      </c>
+      <c r="E96" t="s">
+        <v>103</v>
+      </c>
+      <c r="F96" t="s">
+        <v>275</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D96" t="s">
-[...8 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>395</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>396</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>102</v>
+      </c>
+      <c r="E97" t="s">
+        <v>103</v>
+      </c>
+      <c r="F97" t="s">
+        <v>56</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D97" t="s">
-[...8 lines deleted...]
-      <c r="G97" s="1" t="s">
+      <c r="H97" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>399</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
         <v>400</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>102</v>
+      </c>
+      <c r="E98" t="s">
+        <v>103</v>
+      </c>
+      <c r="F98" t="s">
+        <v>331</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>403</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>404</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>102</v>
+      </c>
+      <c r="E99" t="s">
+        <v>103</v>
+      </c>
+      <c r="F99" t="s">
+        <v>115</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="D99" t="s">
-[...8 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>407</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
         <v>408</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>102</v>
+      </c>
+      <c r="E100" t="s">
+        <v>103</v>
+      </c>
+      <c r="F100" t="s">
+        <v>115</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="D100" t="s">
-[...8 lines deleted...]
-      <c r="G100" s="1" t="s">
+      <c r="H100" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>411</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
         <v>412</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>102</v>
+      </c>
+      <c r="E101" t="s">
+        <v>103</v>
+      </c>
+      <c r="F101" t="s">
+        <v>56</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D101" t="s">
-[...8 lines deleted...]
-      <c r="G101" s="1" t="s">
+      <c r="H101" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>415</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>416</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>102</v>
+      </c>
+      <c r="E102" t="s">
+        <v>103</v>
+      </c>
+      <c r="F102" t="s">
+        <v>63</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="D102" t="s">
-[...8 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>419</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
         <v>420</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>102</v>
+      </c>
+      <c r="E103" t="s">
+        <v>103</v>
+      </c>
+      <c r="F103" t="s">
+        <v>115</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="D103" t="s">
-[...8 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>423</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>424</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>102</v>
+      </c>
+      <c r="E104" t="s">
+        <v>103</v>
+      </c>
+      <c r="F104" t="s">
+        <v>56</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="D104" t="s">
-[...5 lines deleted...]
-      <c r="F104" t="s">
+      <c r="H104" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>427</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>428</v>
+      </c>
+      <c r="D105" t="s">
+        <v>102</v>
+      </c>
+      <c r="E105" t="s">
+        <v>103</v>
+      </c>
+      <c r="F105" t="s">
         <v>429</v>
       </c>
-      <c r="B105" t="s">
-[...5 lines deleted...]
-      <c r="D105" t="s">
+      <c r="G105" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="E105" t="s">
+      <c r="H105" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>432</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>10</v>
+      </c>
+      <c r="D106" t="s">
+        <v>433</v>
+      </c>
+      <c r="E106" t="s">
         <v>434</v>
       </c>
-      <c r="B106" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F106" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>435</v>
       </c>
       <c r="H106" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>437</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E107" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F107" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>438</v>
       </c>
       <c r="H107" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>440</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D108" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E108" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F108" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H108" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>443</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D109" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E109" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F109" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>444</v>
       </c>
       <c r="H109" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>446</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D110" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E110" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F110" t="s">
-        <v>107</v>
+        <v>32</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>447</v>
       </c>
       <c r="H110" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>449</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D111" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E111" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F111" t="s">
-        <v>272</v>
+        <v>111</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>450</v>
       </c>
       <c r="H111" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>452</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D112" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E112" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F112" t="s">
-        <v>107</v>
+        <v>275</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H112" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>455</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D113" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E113" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F113" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H113" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>458</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D114" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E114" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F114" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H114" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>461</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D115" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E115" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F115" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H115" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>464</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>136</v>
+        <v>59</v>
       </c>
       <c r="D116" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E116" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F116" t="s">
         <v>32</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H116" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>467</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>141</v>
+        <v>62</v>
       </c>
       <c r="D117" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E117" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F117" t="s">
         <v>32</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H117" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>470</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D118" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E118" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F118" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H118" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>473</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D119" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E119" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F119" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H119" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>476</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D120" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E120" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F120" t="s">
         <v>32</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H120" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>479</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D121" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E121" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F121" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H121" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>482</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D122" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E122" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F122" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H122" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>485</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D123" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E123" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F123" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H123" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>488</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D124" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E124" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F124" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H124" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>491</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D125" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E125" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F125" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H125" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>494</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D126" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E126" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F126" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>495</v>
       </c>
       <c r="H126" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>497</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D127" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E127" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F127" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H127" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>500</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D128" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E128" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F128" t="s">
-        <v>163</v>
+        <v>63</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H128" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>503</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D129" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E129" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F129" t="s">
-        <v>56</v>
+        <v>166</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H129" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>506</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D130" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E130" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F130" t="s">
         <v>56</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H130" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>509</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D131" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E131" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F131" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H131" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>512</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D132" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E132" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F132" t="s">
-        <v>163</v>
+        <v>63</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H132" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>515</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D133" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E133" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F133" t="s">
-        <v>32</v>
+        <v>166</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H133" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>518</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D134" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E134" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F134" t="s">
-        <v>172</v>
+        <v>32</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H134" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>521</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D135" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E135" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F135" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H135" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>524</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>219</v>
       </c>
       <c r="D136" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E136" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F136" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H136" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>527</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D137" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E137" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F137" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H137" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>530</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D138" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E138" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F138" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>531</v>
       </c>
       <c r="H138" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>533</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D139" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E139" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F139" t="s">
-        <v>158</v>
+        <v>69</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>534</v>
       </c>
       <c r="H139" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>536</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D140" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E140" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F140" t="s">
-        <v>76</v>
+        <v>161</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>537</v>
       </c>
       <c r="H140" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>539</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D141" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E141" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F141" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H141" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>542</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D142" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E142" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F142" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>543</v>
       </c>
       <c r="H142" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>545</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D143" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E143" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F143" t="s">
+        <v>111</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>548</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>250</v>
+      </c>
+      <c r="D144" t="s">
+        <v>433</v>
+      </c>
+      <c r="E144" t="s">
+        <v>434</v>
+      </c>
+      <c r="F144" t="s">
         <v>549</v>
-      </c>
-[...13 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>550</v>
       </c>
       <c r="H144" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>552</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D145" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E145" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F145" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H145" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>555</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D146" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E146" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F146" t="s">
-        <v>426</v>
+        <v>22</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H146" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>558</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D147" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E147" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F147" t="s">
-        <v>68</v>
+        <v>429</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>559</v>
       </c>
       <c r="H147" t="s">
-        <v>526</v>
+        <v>560</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D148" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E148" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F148" t="s">
-        <v>561</v>
+        <v>63</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H148" t="s">
-        <v>563</v>
+        <v>529</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>563</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>270</v>
+      </c>
+      <c r="D149" t="s">
+        <v>433</v>
+      </c>
+      <c r="E149" t="s">
+        <v>434</v>
+      </c>
+      <c r="F149" t="s">
         <v>564</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H149" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>567</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D150" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E150" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F150" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>568</v>
       </c>
       <c r="H150" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>570</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>10</v>
+        <v>279</v>
       </c>
       <c r="D151" t="s">
+        <v>433</v>
+      </c>
+      <c r="E151" t="s">
+        <v>434</v>
+      </c>
+      <c r="F151" t="s">
+        <v>80</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="E151" t="s">
+      <c r="H151" t="s">
         <v>572</v>
-      </c>
-[...7 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>573</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>10</v>
+      </c>
+      <c r="D152" t="s">
+        <v>574</v>
+      </c>
+      <c r="E152" t="s">
+        <v>575</v>
+      </c>
+      <c r="F152" t="s">
         <v>576</v>
-      </c>
-[...13 lines deleted...]
-        <v>573</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>577</v>
       </c>
       <c r="H152" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>579</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D153" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E153" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F153" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>580</v>
       </c>
       <c r="H153" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>582</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D154" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E154" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F154" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>583</v>
       </c>
       <c r="H154" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>585</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D155" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E155" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F155" t="s">
+        <v>576</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>588</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>31</v>
+      </c>
+      <c r="D156" t="s">
+        <v>574</v>
+      </c>
+      <c r="E156" t="s">
+        <v>575</v>
+      </c>
+      <c r="F156" t="s">
         <v>589</v>
-      </c>
-[...13 lines deleted...]
-        <v>586</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H156" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>592</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D157" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E157" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F157" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>593</v>
       </c>
       <c r="H157" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>595</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D158" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E158" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F158" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>596</v>
       </c>
       <c r="H158" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>598</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D159" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E159" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F159" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>599</v>
       </c>
       <c r="H159" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>601</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D160" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E160" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F160" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H160" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>604</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D161" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E161" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F161" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H161" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>607</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>136</v>
+        <v>59</v>
       </c>
       <c r="D162" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E162" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F162" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H162" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>610</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>141</v>
+        <v>62</v>
       </c>
       <c r="D163" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E163" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F163" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>611</v>
       </c>
       <c r="H163" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>613</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D164" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E164" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F164" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>614</v>
       </c>
       <c r="H164" t="s">
-        <v>597</v>
+        <v>615</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D165" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E165" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F165" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H165" t="s">
-        <v>617</v>
+        <v>600</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>618</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D166" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E166" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F166" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>619</v>
       </c>
       <c r="H166" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>621</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D167" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E167" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F167" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>622</v>
       </c>
       <c r="H167" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>624</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D168" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E168" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F168" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>625</v>
       </c>
       <c r="H168" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>627</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D169" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E169" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F169" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>628</v>
       </c>
       <c r="H169" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>630</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D170" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E170" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F170" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>631</v>
       </c>
       <c r="H170" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>633</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D171" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E171" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F171" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>634</v>
       </c>
       <c r="H171" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>636</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D172" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E172" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F172" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>637</v>
       </c>
       <c r="H172" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>639</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D173" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E173" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F173" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H173" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>642</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D174" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E174" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F174" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>643</v>
       </c>
       <c r="H174" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>645</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D175" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E175" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F175" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>646</v>
       </c>
       <c r="H175" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>648</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D176" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E176" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F176" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>649</v>
       </c>
       <c r="H176" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>651</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D177" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E177" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F177" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>652</v>
       </c>
       <c r="H177" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>654</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D178" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E178" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F178" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>655</v>
       </c>
       <c r="H178" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>657</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D179" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E179" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F179" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>658</v>
       </c>
       <c r="H179" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>660</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D180" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E180" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F180" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>661</v>
       </c>
       <c r="H180" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>663</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D181" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E181" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F181" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>37</v>
+        <v>664</v>
       </c>
       <c r="H181" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>219</v>
       </c>
       <c r="D182" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E182" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F182" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H182" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D183" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E183" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F183" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H183" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D184" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E184" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F184" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H184" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D185" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E185" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F185" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H185" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D186" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E186" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F186" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H186" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D187" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E187" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F187" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H187" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D188" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E188" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F188" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H188" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D189" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E189" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F189" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H189" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="D190" t="s">
-        <v>682</v>
+        <v>574</v>
       </c>
       <c r="E190" t="s">
+        <v>575</v>
+      </c>
+      <c r="F190" t="s">
+        <v>589</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H190" t="s">
         <v>683</v>
-      </c>
-[...7 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>684</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>254</v>
+      </c>
+      <c r="D191" t="s">
+        <v>574</v>
+      </c>
+      <c r="E191" t="s">
+        <v>575</v>
+      </c>
+      <c r="F191" t="s">
+        <v>589</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H191" t="s">
         <v>686</v>
-      </c>
-[...19 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>21</v>
+        <v>258</v>
       </c>
       <c r="D192" t="s">
-        <v>682</v>
+        <v>574</v>
       </c>
       <c r="E192" t="s">
-        <v>683</v>
+        <v>575</v>
       </c>
       <c r="F192" t="s">
-        <v>103</v>
+        <v>576</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>691</v>
+        <v>37</v>
       </c>
       <c r="H192" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>26</v>
+        <v>262</v>
       </c>
       <c r="D193" t="s">
-        <v>682</v>
+        <v>574</v>
       </c>
       <c r="E193" t="s">
-        <v>683</v>
+        <v>575</v>
       </c>
       <c r="F193" t="s">
-        <v>694</v>
+        <v>589</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>695</v>
+        <v>37</v>
       </c>
       <c r="H193" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>31</v>
+        <v>266</v>
       </c>
       <c r="D194" t="s">
-        <v>682</v>
+        <v>574</v>
       </c>
       <c r="E194" t="s">
-        <v>683</v>
+        <v>575</v>
       </c>
       <c r="F194" t="s">
-        <v>698</v>
+        <v>576</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="H194" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D195" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="E195" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="F195" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="H195" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D196" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="E196" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="F196" t="s">
-        <v>158</v>
+        <v>700</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H196" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D197" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="E197" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="F197" t="s">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="H197" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D198" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="E198" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="F198" t="s">
-        <v>56</v>
+        <v>707</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="H198" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>710</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>31</v>
+      </c>
+      <c r="D199" t="s">
+        <v>695</v>
+      </c>
+      <c r="E199" t="s">
+        <v>696</v>
+      </c>
+      <c r="F199" t="s">
+        <v>711</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H199" t="s">
         <v>713</v>
-      </c>
-[...19 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>714</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>36</v>
+      </c>
+      <c r="D200" t="s">
+        <v>695</v>
+      </c>
+      <c r="E200" t="s">
+        <v>696</v>
+      </c>
+      <c r="F200" t="s">
+        <v>22</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H200" t="s">
         <v>716</v>
-      </c>
-[...19 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>717</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>40</v>
+      </c>
+      <c r="D201" t="s">
+        <v>695</v>
+      </c>
+      <c r="E201" t="s">
+        <v>696</v>
+      </c>
+      <c r="F201" t="s">
+        <v>161</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H201" t="s">
         <v>719</v>
-      </c>
-[...19 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>720</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>45</v>
+      </c>
+      <c r="D202" t="s">
+        <v>695</v>
+      </c>
+      <c r="E202" t="s">
+        <v>696</v>
+      </c>
+      <c r="F202" t="s">
+        <v>76</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H202" t="s">
         <v>722</v>
-      </c>
-[...19 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>723</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>50</v>
+      </c>
+      <c r="D203" t="s">
+        <v>695</v>
+      </c>
+      <c r="E203" t="s">
+        <v>696</v>
+      </c>
+      <c r="F203" t="s">
+        <v>56</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H203" t="s">
         <v>725</v>
-      </c>
-[...19 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>726</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>55</v>
+      </c>
+      <c r="D204" t="s">
+        <v>695</v>
+      </c>
+      <c r="E204" t="s">
+        <v>696</v>
+      </c>
+      <c r="F204" t="s">
+        <v>56</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>727</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
       <c r="H204" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>729</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D205" t="s">
+        <v>695</v>
+      </c>
+      <c r="E205" t="s">
+        <v>696</v>
+      </c>
+      <c r="F205" t="s">
+        <v>56</v>
+      </c>
+      <c r="G205" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="E205" t="s">
+      <c r="H205" t="s">
         <v>731</v>
-      </c>
-[...7 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="D206" t="s">
-        <v>736</v>
+        <v>695</v>
       </c>
       <c r="E206" t="s">
-        <v>737</v>
+        <v>696</v>
       </c>
       <c r="F206" t="s">
-        <v>732</v>
+        <v>69</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="H206" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="D207" t="s">
+        <v>695</v>
+      </c>
+      <c r="E207" t="s">
+        <v>696</v>
+      </c>
+      <c r="F207" t="s">
+        <v>69</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="E207" t="s">
+      <c r="H207" t="s">
         <v>737</v>
-      </c>
-[...7 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="D208" t="s">
-        <v>736</v>
+        <v>695</v>
       </c>
       <c r="E208" t="s">
-        <v>737</v>
+        <v>696</v>
       </c>
       <c r="F208" t="s">
-        <v>732</v>
+        <v>69</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>744</v>
+        <v>37</v>
       </c>
       <c r="H208" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>746</v>
+        <v>740</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="D209" t="s">
-        <v>736</v>
+        <v>695</v>
       </c>
       <c r="E209" t="s">
-        <v>737</v>
+        <v>696</v>
       </c>
       <c r="F209" t="s">
-        <v>732</v>
+        <v>69</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>747</v>
+        <v>37</v>
       </c>
       <c r="H209" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="E210" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="F210" t="s">
-        <v>732</v>
+        <v>745</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="H210" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>748</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>10</v>
+      </c>
+      <c r="D211" t="s">
+        <v>749</v>
+      </c>
+      <c r="E211" t="s">
+        <v>750</v>
+      </c>
+      <c r="F211" t="s">
+        <v>745</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H211" t="s">
         <v>752</v>
-      </c>
-[...19 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>753</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>17</v>
+      </c>
+      <c r="D212" t="s">
+        <v>749</v>
+      </c>
+      <c r="E212" t="s">
+        <v>750</v>
+      </c>
+      <c r="F212" t="s">
+        <v>745</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H212" t="s">
         <v>755</v>
-      </c>
-[...19 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>756</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>21</v>
+      </c>
+      <c r="D213" t="s">
+        <v>749</v>
+      </c>
+      <c r="E213" t="s">
+        <v>750</v>
+      </c>
+      <c r="F213" t="s">
+        <v>745</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H213" t="s">
         <v>758</v>
-      </c>
-[...19 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>759</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>26</v>
+      </c>
+      <c r="D214" t="s">
+        <v>749</v>
+      </c>
+      <c r="E214" t="s">
+        <v>750</v>
+      </c>
+      <c r="F214" t="s">
+        <v>745</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H214" t="s">
         <v>761</v>
-      </c>
-[...19 lines deleted...]
-        <v>763</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>762</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>31</v>
+      </c>
+      <c r="D215" t="s">
+        <v>749</v>
+      </c>
+      <c r="E215" t="s">
+        <v>750</v>
+      </c>
+      <c r="F215" t="s">
+        <v>745</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H215" t="s">
         <v>764</v>
-      </c>
-[...19 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>765</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>36</v>
+      </c>
+      <c r="D216" t="s">
+        <v>749</v>
+      </c>
+      <c r="E216" t="s">
+        <v>750</v>
+      </c>
+      <c r="F216" t="s">
+        <v>745</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H216" t="s">
         <v>767</v>
-      </c>
-[...19 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>768</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>40</v>
+      </c>
+      <c r="D217" t="s">
+        <v>749</v>
+      </c>
+      <c r="E217" t="s">
+        <v>750</v>
+      </c>
+      <c r="F217" t="s">
+        <v>745</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H217" t="s">
         <v>770</v>
-      </c>
-[...19 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>771</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>45</v>
+      </c>
+      <c r="D218" t="s">
+        <v>749</v>
+      </c>
+      <c r="E218" t="s">
+        <v>750</v>
+      </c>
+      <c r="F218" t="s">
+        <v>745</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H218" t="s">
         <v>773</v>
-      </c>
-[...19 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>774</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>50</v>
+      </c>
+      <c r="D219" t="s">
+        <v>749</v>
+      </c>
+      <c r="E219" t="s">
+        <v>750</v>
+      </c>
+      <c r="F219" t="s">
+        <v>745</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H219" t="s">
         <v>776</v>
-      </c>
-[...19 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>777</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>55</v>
+      </c>
+      <c r="D220" t="s">
+        <v>749</v>
+      </c>
+      <c r="E220" t="s">
+        <v>750</v>
+      </c>
+      <c r="F220" t="s">
+        <v>745</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H220" t="s">
         <v>779</v>
-      </c>
-[...19 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>780</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>59</v>
+      </c>
+      <c r="D221" t="s">
+        <v>749</v>
+      </c>
+      <c r="E221" t="s">
+        <v>750</v>
+      </c>
+      <c r="F221" t="s">
+        <v>745</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H221" t="s">
         <v>782</v>
-      </c>
-[...19 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>783</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>62</v>
+      </c>
+      <c r="D222" t="s">
+        <v>749</v>
+      </c>
+      <c r="E222" t="s">
+        <v>750</v>
+      </c>
+      <c r="F222" t="s">
+        <v>745</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H222" t="s">
         <v>785</v>
-      </c>
-[...19 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>786</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>144</v>
+      </c>
+      <c r="D223" t="s">
+        <v>749</v>
+      </c>
+      <c r="E223" t="s">
+        <v>750</v>
+      </c>
+      <c r="F223" t="s">
+        <v>745</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H223" t="s">
         <v>788</v>
-      </c>
-[...19 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>789</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>148</v>
+      </c>
+      <c r="D224" t="s">
+        <v>749</v>
+      </c>
+      <c r="E224" t="s">
+        <v>750</v>
+      </c>
+      <c r="F224" t="s">
+        <v>745</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>790</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
       <c r="H224" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>792</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
+        <v>152</v>
+      </c>
+      <c r="D225" t="s">
+        <v>749</v>
+      </c>
+      <c r="E225" t="s">
+        <v>750</v>
+      </c>
+      <c r="F225" t="s">
+        <v>745</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H225" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>795</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>156</v>
+      </c>
+      <c r="D226" t="s">
+        <v>749</v>
+      </c>
+      <c r="E226" t="s">
+        <v>750</v>
+      </c>
+      <c r="F226" t="s">
+        <v>745</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H226" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>798</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>160</v>
+      </c>
+      <c r="D227" t="s">
+        <v>749</v>
+      </c>
+      <c r="E227" t="s">
+        <v>750</v>
+      </c>
+      <c r="F227" t="s">
+        <v>745</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H227" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>801</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>165</v>
+      </c>
+      <c r="D228" t="s">
+        <v>749</v>
+      </c>
+      <c r="E228" t="s">
+        <v>750</v>
+      </c>
+      <c r="F228" t="s">
+        <v>745</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H228" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>803</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>170</v>
+      </c>
+      <c r="D229" t="s">
+        <v>749</v>
+      </c>
+      <c r="E229" t="s">
+        <v>750</v>
+      </c>
+      <c r="F229" t="s">
+        <v>745</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H229" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>805</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>174</v>
+      </c>
+      <c r="D230" t="s">
+        <v>749</v>
+      </c>
+      <c r="E230" t="s">
+        <v>750</v>
+      </c>
+      <c r="F230" t="s">
+        <v>745</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H230" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>807</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>179</v>
+      </c>
+      <c r="D231" t="s">
+        <v>749</v>
+      </c>
+      <c r="E231" t="s">
+        <v>750</v>
+      </c>
+      <c r="F231" t="s">
+        <v>745</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H231" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>810</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
         <v>10</v>
       </c>
-      <c r="D225" t="s">
-[...12 lines deleted...]
-        <v>797</v>
+      <c r="D232" t="s">
+        <v>811</v>
+      </c>
+      <c r="E232" t="s">
+        <v>812</v>
+      </c>
+      <c r="F232" t="s">
+        <v>813</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H232" t="s">
+        <v>815</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8855,50 +9091,57 @@
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>