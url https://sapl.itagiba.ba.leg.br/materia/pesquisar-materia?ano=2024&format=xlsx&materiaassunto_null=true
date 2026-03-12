--- v0 (2025-12-10)
+++ v1 (2026-03-12)
@@ -54,510 +54,510 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/149/pll_001_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/149/pll_001_2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos subsídios do Prefeito, Vice Prefeito e Secretários Municipais do Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/150/pll_002_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/150/pll_002_2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio dos Vereadores do Município de Itagibá, Estado da Bahia Legislatura 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marcos Valério Barreto</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores públicos municipais, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº. 681/2012, concedendo reajuste de vencimentos a Profissionais do Magistério do Município de Itagibá, Estado da Bahia e equiparação salarial a inativos e pensionistas da categoria.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Institui o PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS/EXERCÍCIO-2024 do Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Denomina prédio público, Sede, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/160/pll_008_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/160/pll_008_2024.doc</t>
   </si>
   <si>
     <t>Altera anexo único da Lei Municipal nº. 582, de 05 de Maio de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>José Roberto Silva de Oliveira(Roberto de Bia)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/162/pll.009_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/162/pll.009_2024.doc</t>
   </si>
   <si>
     <t>Denomina logradouro público no Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Lúcio Ribeiro Fonseca Júnior(Júnior Fonseca)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/163/pll.010_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/163/pll.010_2024.doc</t>
   </si>
   <si>
     <t>Dá denominação ao Plenário da Câmara Municipal de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/164/pll.011_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/164/pll.011_2024.doc</t>
   </si>
   <si>
     <t>Dá denominação a sala da Câmara Municipal de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Aleandro Santos da Silva(Aleandro)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/165/pll.012_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/165/pll.012_2024.doc</t>
   </si>
   <si>
     <t>Dá denominação ala de Gabinetes de Vereadores da Câmara Municipal de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/166/pll.013_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/166/pll.013_2024.doc</t>
   </si>
   <si>
     <t>Dá denominação a sala de recepção da Câmara Municipal de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Valmir dos Santos Rodrigues(Valmir)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/167/pll.014_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/167/pll.014_2024.doc</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/168/pll.015_2024_up_mulheres.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/168/pll.015_2024_up_mulheres.doc</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a AMEI – ASSOCIAÇÃO DAS MULHERES EMPREENDEDORAS DE ITAGIBÁ, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/172/pll_016_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/172/pll_016_2024.doc</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/173/pll_017_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/173/pll_017_2024.doc</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/174/pll_018_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/174/pll_018_2024.doc</t>
   </si>
   <si>
     <t>Concede direito a horário especial ao Servidor Público Municipal do Município de Itagibá, Estado da Bahia que tenha filho, cônjuge ou dependente com deficiência de qualquer natureza e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Saulo Marcelo Miranda(Saulo Carteiro)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/175/pll_019_2024_ce.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/175/pll_019_2024_ce.doc</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/176/pll_020_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/176/pll_020_2024.doc</t>
   </si>
   <si>
     <t>Delimita e denomina a área urbana que especifica, Sede, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>“Promove adequação orçamentária no âmbito do Município de Itagibá, Estado da Bahia e autoriza a abertura de Crédito Adicional Especial ao Orçamento anual de 2024 no valor de R$ 134.752,65”.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/183/pll_022_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/183/pll_022_2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Anexo Único da Lei Municipal n°. 551, de 15 de setembro de 2004, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/184/pll_023_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/184/pll_023_2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Anexo I da Lei Municipal n°. 859, de 13 de dezembro de 2021, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/185/pll_024_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/185/pll_024_2024.doc</t>
   </si>
   <si>
     <t>Denomina logradouro público, Sede, Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 933, de 28 de junho de 2024, Município de Itagibá, Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Orçamento Anual da Prefeitura Municipal de Itagibá, para o exercício financeiro de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/169/ind_001-2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/169/ind_001-2024.doc</t>
   </si>
   <si>
     <t>Planejamento com vistas ao encaminhamento para deliberação desta Casa de Projeto de Lei denominado “ESPAÇO PAREDÃO” destinando/disponibilizando uma área pública específica na Sede deste Município, para os adeptos de som automotivo, PAREDÃO, inclusive com a devida regulamentação de utilização necessária.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Antônio Alves Guimarães Filho(Antônio da Cerâmica)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/170/ind_002-2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/170/ind_002-2024.doc</t>
   </si>
   <si>
     <t>Construção emergencial/urgente de uma ponte junto a estrada de acesso entre as fazendas de propriedade dos Srs.: Gilmar e saudoso Izaque Menezes. O local é estreito e transita caminhões e ônibus escolares.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Valmir dos Santos Rodrigues(Valmir), Fernando Lopes Passos(Fernando de Alípio)</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/171/ind_003-2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/171/ind_003-2024.doc</t>
   </si>
   <si>
     <t>Disponibilização de um carro especializado para servir no transporte de pessoas com transtornos do espectro autista e acompanhante. Este serviço destina-se exclusivamente ao tratamento, reabilitação e educação.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente</t>
   </si>
   <si>
     <t>CESOSP - Comissão de Educação, Saúde, Obras e Serviços Públicos, CFOC - Comissão de Finanças, Orçamento e Contas, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/153/par_conjunto_cp_pll_001_002_-2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/153/par_conjunto_cp_pll_001_002_-2024.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AOS PROJETOS DE LEIS (LEGISLATIVO) NºS. 001 E 002/2024, DATADOS DE 12 DE MARÇO DE 2024.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/154/par_conjunto_cp_pl_003_004_-2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/154/par_conjunto_cp_pl_003_004_-2024.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AOS PROJETOS DE LEIS NºS. 003 E 004/2024, DATADOS DE 15 DE FEVEREIRO DE 2024.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/156/par_conjunto_cp_pl_005_24_refis.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/156/par_conjunto_cp_pl_005_24_refis.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 005/2024, DE 12 DE MARÇO DE 2024 (REFIS 2024).</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/159/par_cjr_pl_006_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/159/par_cjr_pl_006_2024.doc</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº. 004/2024, DE 18 DE MARÇO DE 2024 (NO SAPL Nº 006/2024)</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES AO PROJETO DE LEI LEGISLATIVO Nº. 008/2024, DE 07 DE MAIO DE 2024</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/177/par_cjr_in_001_002_003_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/177/par_cjr_in_001_002_003_2024.doc</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AS INDICAÇÕES NºS.: 001, 002 E 003/2024, DATADAS DE 18 DE JUNHO DE 2024.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/178/par_cjr_pll_009_a_015_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/178/par_cjr_pll_009_a_015_2024.doc</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AOS PROJETOS DE LEIS LEGISLATIVOS NºS.: 009, 010, 011, 012, 013, 014 E 015/2024, DATADOS DE 04 DE JUNHO DE 2024.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/179/par_cjr_pll_016_a_020_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/179/par_cjr_pll_016_a_020_2024.doc</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AOS PROJETOS DE LEIS LEGISLATIVOS NºS.: 016, 017, 018, 019, 020/2024, DATADOS DE 11 DE JUNHO DE 2024.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/180/par_conjunto_cp_pl_07_2024_ldo_25.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/180/par_conjunto_cp_pl_07_2024_ldo_25.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº 07, DE 15 DE ABRIL DE 2024 (LDO 2025).</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/182/par_conjunto_cp_pl_021_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/182/par_conjunto_cp_pl_021_2024.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº 021, DE 08 DE JULHO DE 2024.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/188/par_cjr_pll_024_2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/188/par_cjr_pll_024_2024.doc</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI LEGISLATIVO Nº. 024/2024, DATADO DE 09 DE DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/189/par_conjunto_cp_pll_022_e_023.2024.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/189/par_conjunto_cp_pll_022_e_023.2024.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AOS PROJETOS DE LEIS LEGISLATIVOS NºS. 022 e 023/2023, DATADOS DE 03 DE DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/190/par_conjunto_cp_pl_025.24.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/190/par_conjunto_cp_pl_025.24.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 007 (SAPL nº 025/2024), DE 05 DE DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/191/par_conjunto_cp_pl_026_24_loa_25.doc</t>
+    <t>http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/191/par_conjunto_cp_pl_026_24_loa_25.doc</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES AO PROJETO DE LEI Nº. 006 (SAPL nº 026/2024),  DE 24 DE SETEMBRO DE 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -864,68 +864,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/149/pll_001_2024.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/150/pll_002_2024.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/160/pll_008_2024.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/162/pll.009_2024.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/163/pll.010_2024.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/164/pll.011_2024.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/165/pll.012_2024.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/166/pll.013_2024.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/167/pll.014_2024.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/168/pll.015_2024_up_mulheres.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/172/pll_016_2024.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/173/pll_017_2024.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/174/pll_018_2024.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/175/pll_019_2024_ce.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/176/pll_020_2024.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/183/pll_022_2024.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/184/pll_023_2024.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/185/pll_024_2024.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/169/ind_001-2024.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/170/ind_002-2024.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/171/ind_003-2024.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/153/par_conjunto_cp_pll_001_002_-2024.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/154/par_conjunto_cp_pl_003_004_-2024.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/156/par_conjunto_cp_pl_005_24_refis.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/159/par_cjr_pl_006_2024.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/177/par_cjr_in_001_002_003_2024.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/178/par_cjr_pll_009_a_015_2024.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/179/par_cjr_pll_016_a_020_2024.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/180/par_conjunto_cp_pl_07_2024_ldo_25.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/182/par_conjunto_cp_pl_021_2024.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/188/par_cjr_pll_024_2024.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/189/par_conjunto_cp_pll_022_e_023.2024.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/190/par_conjunto_cp_pl_025.24.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/191/par_conjunto_cp_pl_026_24_loa_25.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/149/pll_001_2024.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/150/pll_002_2024.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/160/pll_008_2024.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/162/pll.009_2024.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/163/pll.010_2024.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/164/pll.011_2024.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/165/pll.012_2024.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/166/pll.013_2024.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/167/pll.014_2024.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/168/pll.015_2024_up_mulheres.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/172/pll_016_2024.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/173/pll_017_2024.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/174/pll_018_2024.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/175/pll_019_2024_ce.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/176/pll_020_2024.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/183/pll_022_2024.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/184/pll_023_2024.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/185/pll_024_2024.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/169/ind_001-2024.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/170/ind_002-2024.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/171/ind_003-2024.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/153/par_conjunto_cp_pll_001_002_-2024.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/154/par_conjunto_cp_pl_003_004_-2024.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/156/par_conjunto_cp_pl_005_24_refis.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/159/par_cjr_pl_006_2024.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/177/par_cjr_in_001_002_003_2024.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/178/par_cjr_pll_009_a_015_2024.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/179/par_cjr_pll_016_a_020_2024.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/180/par_conjunto_cp_pl_07_2024_ldo_25.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/182/par_conjunto_cp_pl_021_2024.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/188/par_cjr_pll_024_2024.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/189/par_conjunto_cp_pll_022_e_023.2024.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/190/par_conjunto_cp_pl_025.24.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itagiba.ba.leg.br/media/sapl/public/materialegislativa/2024/191/par_conjunto_cp_pl_026_24_loa_25.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="138.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>